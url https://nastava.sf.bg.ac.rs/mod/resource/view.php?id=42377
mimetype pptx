--- v0 (2025-10-09)
+++ v1 (2025-12-06)
@@ -9,51 +9,50 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
@@ -69,52 +68,51 @@
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483719" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="258" r:id="rId4"/>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="260" r:id="rId6"/>
     <p:sldId id="273" r:id="rId7"/>
     <p:sldId id="267" r:id="rId8"/>
     <p:sldId id="268" r:id="rId9"/>
     <p:sldId id="269" r:id="rId10"/>
     <p:sldId id="270" r:id="rId11"/>
     <p:sldId id="271" r:id="rId12"/>
     <p:sldId id="272" r:id="rId13"/>
     <p:sldId id="274" r:id="rId14"/>
     <p:sldId id="275" r:id="rId15"/>
     <p:sldId id="276" r:id="rId16"/>
     <p:sldId id="277" r:id="rId17"/>
     <p:sldId id="278" r:id="rId18"/>
     <p:sldId id="279" r:id="rId19"/>
     <p:sldId id="280" r:id="rId20"/>
-    <p:sldId id="281" r:id="rId21"/>
-    <p:sldId id="266" r:id="rId22"/>
+    <p:sldId id="266" r:id="rId21"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -198,82 +196,82 @@
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="78" d="100"/>
-          <a:sy n="78" d="100"/>
+          <a:sx n="105" d="100"/>
+          <a:sy n="105" d="100"/>
         </p:scale>
-        <p:origin x="850" y="62"/>
+        <p:origin x="798" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -5984,51 +5982,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>1.10.2024.</a:t>
+              <a:t>4.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6192,51 +6190,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>1.10.2024.</a:t>
+              <a:t>4.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6448,51 +6446,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>1.10.2024.</a:t>
+              <a:t>4.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6622,51 +6620,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>1.10.2024.</a:t>
+              <a:t>4.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6965,51 +6963,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>1.10.2024.</a:t>
+              <a:t>4.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7240,51 +7238,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>1.10.2024.</a:t>
+              <a:t>4.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7619,51 +7617,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>1.10.2024.</a:t>
+              <a:t>4.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7737,51 +7735,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>1.10.2024.</a:t>
+              <a:t>4.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7908,51 +7906,51 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>1.10.2024.</a:t>
+              <a:t>4.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
@@ -8262,51 +8260,51 @@
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="465512" y="6459785"/>
             <a:ext cx="2618510" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>1.10.2024.</a:t>
+              <a:t>4.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4800600" y="6459785"/>
             <a:ext cx="4648200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
@@ -8644,51 +8642,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>1.10.2024.</a:t>
+              <a:t>4.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8935,51 +8933,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="6459785"/>
             <a:ext cx="2472271" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>1.10.2024.</a:t>
+              <a:t>4.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3686185" y="6459785"/>
             <a:ext cx="4822804" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -9491,54 +9489,50 @@
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jfif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:s.stefanovic@sf.bg.ac.rs" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...2 lines deleted...]
-<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jfif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
@@ -10254,52 +10248,52 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D156E676-62A5-BA96-4534-57FE230720CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7270812" y="1436240"/>
-            <a:ext cx="4842769" cy="4842769"/>
+            <a:off x="6940296" y="1363088"/>
+            <a:ext cx="5251704" cy="5127565"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3835580819"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -10964,70 +10958,62 @@
               </a:rPr>
               <a:t>E-mail:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>s.stefanovic@sf.bg.ac.rs</a:t>
             </a:r>
             <a:endParaRPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Consultation hours: Mondays 12h-13h (room 05)</a:t>
+              <a:t>Consultation hours: Thursdays 11h-12h (room 05)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="8"/>
-            <a:r>
-[...6 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> the same as room 005</a:t>
+              <a:t>Before class</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS" sz="3200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3200" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Please sign up in the list, and let me know if you decide not to attend after the two-week trial period!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5">
@@ -11056,175 +11042,50 @@
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8632054" y="1"/>
             <a:ext cx="3559946" cy="3559946"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2760813"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...123 lines deleted...]
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29419A77-D196-630E-C0AE-EB502CC8031B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -11758,52 +11619,52 @@
                 </a:solidFill>
               </a:rPr>
               <a:t>Exam structure</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62750628-6F37-58E1-7A8D-C27C6526F5FF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="248575" y="1845733"/>
-            <a:ext cx="10907105" cy="4537311"/>
+            <a:off x="248575" y="1783081"/>
+            <a:ext cx="10815665" cy="4599964"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Written Exam: 70 points + Oral Exam: 30 points</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
@@ -11874,51 +11735,51 @@
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>                                                       presentations (20 points) – choose one of the text we </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>haven’t</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> covered: power point presentation before the exam (duration: 10min)</a:t>
+              <a:t> covered, and give a 10-minute presentation on the topic; during the break, after class, or during consultations.</a:t>
             </a:r>
             <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="5" name="Straight Arrow Connector 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08E1A4A4-5466-5981-6C88-88B969AF9ED6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
@@ -11982,92 +11843,92 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="9" name="Straight Arrow Connector 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{258AD11D-8E20-BA65-57AC-06BC9CF475BB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1926454" y="4332303"/>
-            <a:ext cx="1233996" cy="0"/>
+            <a:off x="1871590" y="4487751"/>
+            <a:ext cx="1347098" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="11" name="Straight Arrow Connector 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B24AFBB-0BD7-B021-F474-900DDB05DBBE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1731146" y="4554245"/>
+            <a:off x="1717829" y="4760651"/>
             <a:ext cx="1305017" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:pic>
@@ -12157,51 +12018,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10479226" y="5561654"/>
+            <a:off x="11322399" y="5634806"/>
             <a:ext cx="621026" cy="621026"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3335975966"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
@@ -12552,52 +12413,52 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82B7D3D8-8292-02B7-8840-583369ABBFDD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3795252" y="2007517"/>
-            <a:ext cx="4444180" cy="3888658"/>
+            <a:off x="4394448" y="2342374"/>
+            <a:ext cx="3462290" cy="3029504"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4269567773"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -13180,52 +13041,52 @@
           <p:cNvPr id="5" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28AB6D87-336A-EEBC-8FD6-13EC78AAC6CF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect r="7394"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8291744" y="2465342"/>
-            <a:ext cx="3900256" cy="3049952"/>
+            <a:off x="8291744" y="2530136"/>
+            <a:ext cx="3817398" cy="2985158"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1770778490"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Retrospect">
   <a:themeElements>
     <a:clrScheme name="Violet">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -13488,102 +13349,101 @@
                 <a:tint val="100000"/>
                 <a:shade val="48000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Retrospect" id="{5F128B03-DCCA-4EEB-AB3B-CF2899314A46}" vid="{3F1AAB62-24C6-49D2-8E01-B56FAC9A3DCD}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Retrospect</Template>
   <TotalTime></TotalTime>
-  <Words>810</Words>
+  <Words>745</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>77</Paragraphs>
-  <Slides>21</Slides>
+  <Paragraphs>75</Paragraphs>
+  <Slides>20</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>21</vt:i4>
+        <vt:i4>20</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="24" baseType="lpstr">
+    <vt:vector size="23" baseType="lpstr">
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Retrospect</vt:lpstr>
       <vt:lpstr>Welcome to English 3!</vt:lpstr>
       <vt:lpstr>Introduction</vt:lpstr>
       <vt:lpstr>English 3</vt:lpstr>
       <vt:lpstr>Exam structure</vt:lpstr>
       <vt:lpstr>Exam Structure &amp; Goals</vt:lpstr>
       <vt:lpstr>CV (curriculum vitae) or résumé writing</vt:lpstr>
       <vt:lpstr>Writing a CV, a.k.a. a résumé: What is the point?</vt:lpstr>
       <vt:lpstr>Good CVs:</vt:lpstr>
       <vt:lpstr>Things not to do when writing a CV</vt:lpstr>
       <vt:lpstr>Good CV examples:</vt:lpstr>
       <vt:lpstr>Bad CV examples:</vt:lpstr>
       <vt:lpstr>Bad CV examples:</vt:lpstr>
       <vt:lpstr>Business Letters</vt:lpstr>
       <vt:lpstr>Types of Business letters</vt:lpstr>
       <vt:lpstr>Business letter structure</vt:lpstr>
       <vt:lpstr>Example of an inquiry</vt:lpstr>
       <vt:lpstr>Example of a complaint</vt:lpstr>
       <vt:lpstr>Example of an application for a post</vt:lpstr>
       <vt:lpstr>Potential future practice topics</vt:lpstr>
-      <vt:lpstr>S -&gt; E Translation (p. 33, or p. 26)</vt:lpstr>
       <vt:lpstr>Thank you for your attention.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Welcome to English 1!</dc:title>
   <dc:creator>Sofija Stefanović</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>