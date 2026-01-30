--- v1 (2025-12-06)
+++ v2 (2026-01-30)
@@ -196,51 +196,51 @@
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="105" d="100"/>
           <a:sy n="105" d="100"/>
         </p:scale>
         <p:origin x="798" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
@@ -5982,51 +5982,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:t>24.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6190,51 +6190,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:t>24.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6446,51 +6446,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:t>24.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6620,51 +6620,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:t>24.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6963,51 +6963,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:t>24.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7238,51 +7238,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:t>24.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7617,51 +7617,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:t>24.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7735,51 +7735,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:t>24.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7906,51 +7906,51 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:t>24.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
@@ -8260,51 +8260,51 @@
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="465512" y="6459785"/>
             <a:ext cx="2618510" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:t>24.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4800600" y="6459785"/>
             <a:ext cx="4648200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
@@ -8642,51 +8642,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:t>24.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8933,51 +8933,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="6459785"/>
             <a:ext cx="2472271" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:t>24.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3686185" y="6459785"/>
             <a:ext cx="4822804" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -11620,51 +11620,51 @@
               </a:rPr>
               <a:t>Exam structure</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62750628-6F37-58E1-7A8D-C27C6526F5FF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="248575" y="1783081"/>
-            <a:ext cx="10815665" cy="4599964"/>
+            <a:ext cx="11943425" cy="4599964"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Written Exam: 70 points + Oral Exam: 30 points</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
@@ -11677,51 +11677,51 @@
                 </a:solidFill>
               </a:rPr>
               <a:t>Written exam (50 points) – held during regular exam terms, or a pre-term; 							translation S-E and E-S</a:t>
             </a:r>
             <a:endParaRPr lang="sr-Latn-RS" sz="3200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Written Exam                 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>CV &amp; Letter writing (20 points: 10 each) – online &amp; during class</a:t>
+              <a:t>CV &amp; Letter writing (20 points: 10 each) – online, submit via email before the written exam.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS" sz="1800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Oral Exam                   </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>in-class activity (10 points)</a:t>
@@ -11979,51 +11979,51 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10016494" y="2954045"/>
+            <a:off x="11277600" y="2406294"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16" name="Graphic 15" descr="Email with solid fill">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F300517-9DF8-F7A4-1D66-E2D38FC1002C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -13349,51 +13349,51 @@
                 <a:tint val="100000"/>
                 <a:shade val="48000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Retrospect" id="{5F128B03-DCCA-4EEB-AB3B-CF2899314A46}" vid="{3F1AAB62-24C6-49D2-8E01-B56FAC9A3DCD}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Retrospect</Template>
   <TotalTime></TotalTime>
-  <Words>745</Words>
+  <Words>751</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>75</Paragraphs>
   <Slides>20</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>