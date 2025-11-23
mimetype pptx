--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -1,100 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="glb" ContentType="model/gltf.binary"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId10"/>
+    <p:notesMasterId r:id="rId12"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId11"/>
+    <p:handoutMasterId r:id="rId13"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="266" r:id="rId3"/>
     <p:sldId id="267" r:id="rId4"/>
     <p:sldId id="268" r:id="rId5"/>
-    <p:sldId id="269" r:id="rId6"/>
-[...2 lines deleted...]
-    <p:sldId id="260" r:id="rId9"/>
+    <p:sldId id="272" r:id="rId6"/>
+    <p:sldId id="273" r:id="rId7"/>
+    <p:sldId id="274" r:id="rId8"/>
+    <p:sldId id="275" r:id="rId9"/>
+    <p:sldId id="276" r:id="rId10"/>
+    <p:sldId id="260" r:id="rId11"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="sr-Latn-RS"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -799,85 +803,85 @@
     <a:nwCell>
       <a:tcStyle>
         <a:tcBdr>
           <a:right>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:right>
         </a:tcBdr>
       </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15152" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="72" d="100"/>
-          <a:sy n="72" d="100"/>
+          <a:sx n="48" d="100"/>
+          <a:sy n="48" d="100"/>
         </p:scale>
-        <p:origin x="90" y="78"/>
+        <p:origin x="67" y="720"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="107"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="7"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
@@ -906,51 +910,51 @@
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1862" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="sr-Latn-RS"/>
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Серија 1</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -1469,58 +1473,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1197" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2097,51 +2101,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BA0D714E-108F-47C8-9868-3FFA577D6B22}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -2269,51 +2273,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F54DF269-521E-4B12-A6E5-D59C88C2B601}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -2669,51 +2673,51 @@
               <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
               <a:t>Наслов презентације</a:t>
             </a:r>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{29206475-5A6F-42DC-A20E-5CD6159ADAA8}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
@@ -3204,51 +3208,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C863CF42-AF2D-467E-A86E-921779ACBB86}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -3639,51 +3643,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{41E0A76F-A858-4830-884B-9E9914C82A13}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -3975,51 +3979,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B327E440-2A8B-43FA-8E62-283731874734}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -4360,51 +4364,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8C4348E8-5F32-4135-9735-14DFEF197A78}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -4666,51 +4670,51 @@
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D77415B9-F7E1-4329-86C5-BFD9CA71CB2B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -5563,51 +5567,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Date Placeholder 12"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D77415B9-F7E1-4329-86C5-BFD9CA71CB2B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Footer Placeholder 13"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -5787,51 +5791,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{3E24CC09-28A3-4024-98F4-C9F66E8E8861}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -6358,51 +6362,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{A825FD8A-1FFE-4238-BA14-C5F811CB1A6B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -6704,51 +6708,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{36DA588A-F02A-49FE-B4BB-62E9D891C6D0}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -6944,51 +6948,51 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{36DA588A-F02A-49FE-B4BB-62E9D891C6D0}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -7671,51 +7675,51 @@
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{36DA588A-F02A-49FE-B4BB-62E9D891C6D0}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -7947,51 +7951,51 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D9CD9DD0-17BE-4D06-B789-47356A50A0A7}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -8303,51 +8307,51 @@
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D77415B9-F7E1-4329-86C5-BFD9CA71CB2B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2024.</a:t>
+              <a:t>14.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -8700,76 +8704,84 @@
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2017/06/relationships/model3d" Target="../media/model3d1.glb"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+</file>
+
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euprava.gov.rs/usluge/7075" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2017/06/relationships/model3d" Target="../media/model3d1.glb"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -8850,51 +8862,51 @@
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1484812" y="6329848"/>
             <a:ext cx="9144000" cy="528152"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Cyrl-RS" sz="2000" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Београд, 2024. </a:t>
+              <a:t>Београд, 2025. </a:t>
             </a:r>
             <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0">
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Subtitle 2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="352698" y="4316140"/>
             <a:ext cx="4611189" cy="2058534"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
@@ -9393,50 +9405,205 @@
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="2" grpId="0"/>
       <p:bldP spid="3" grpId="0" build="p"/>
       <p:bldP spid="4" grpId="0" build="p"/>
       <p:bldP spid="5" grpId="0"/>
       <p:bldP spid="6" grpId="0"/>
     </p:bldLst>
   </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+        <mc:Choice xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" Requires="am3d">
+          <p:graphicFrame>
+            <p:nvGraphicFramePr>
+              <p:cNvPr id="2" name="3D Model 1" descr="Red Question mark">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29DC1EA6-A880-696E-93E3-ADA591CDE11E}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvGraphicFramePr/>
+              <p:nvPr>
+                <p:extLst>
+                  <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                    <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2646507270"/>
+                  </p:ext>
+                </p:extLst>
+              </p:nvPr>
+            </p:nvGraphicFramePr>
+            <p:xfrm>
+              <a:off x="4750593" y="2061847"/>
+              <a:ext cx="2690813" cy="1800000"/>
+            </p:xfrm>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.microsoft.com/office/drawing/2017/model3d">
+                <am3d:model3d r:embed="rId2">
+                  <am3d:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2690813" cy="1800000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </am3d:spPr>
+                  <am3d:camera>
+                    <am3d:pos x="0" y="0" z="55389530"/>
+                    <am3d:up dx="0" dy="36000000" dz="0"/>
+                    <am3d:lookAt x="0" y="0" z="0"/>
+                    <am3d:perspective fov="2700000"/>
+                  </am3d:camera>
+                  <am3d:trans>
+                    <am3d:meterPerModelUnit n="3517042" d="1000000"/>
+                    <am3d:preTrans dx="0" dy="-18004113" dz="-4973"/>
+                    <am3d:scale>
+                      <am3d:sx n="1000000" d="1000000"/>
+                      <am3d:sy n="1000000" d="1000000"/>
+                      <am3d:sz n="1000000" d="1000000"/>
+                    </am3d:scale>
+                    <am3d:rot/>
+                    <am3d:postTrans dx="0" dy="0" dz="0"/>
+                  </am3d:trans>
+                  <am3d:raster rName="Office3DRenderer" rVer="16.0.8326">
+                    <am3d:blip r:embed="rId3"/>
+                  </am3d:raster>
+                  <am3d:objViewport viewportSz="2236633"/>
+                  <am3d:ambientLight>
+                    <am3d:clr>
+                      <a:scrgbClr r="50000" g="50000" b="50000"/>
+                    </am3d:clr>
+                    <am3d:illuminance n="500000" d="1000000"/>
+                  </am3d:ambientLight>
+                  <am3d:ptLight rad="0">
+                    <am3d:clr>
+                      <a:scrgbClr r="100000" g="75000" b="50000"/>
+                    </am3d:clr>
+                    <am3d:intensity n="9765625" d="1000000"/>
+                    <am3d:pos x="21959998" y="70920001" z="16344003"/>
+                  </am3d:ptLight>
+                  <am3d:ptLight rad="0">
+                    <am3d:clr>
+                      <a:scrgbClr r="40000" g="60000" b="95000"/>
+                    </am3d:clr>
+                    <am3d:intensity n="12250000" d="1000000"/>
+                    <am3d:pos x="-37964106" y="51130435" z="57631972"/>
+                  </am3d:ptLight>
+                  <am3d:ptLight rad="0">
+                    <am3d:clr>
+                      <a:scrgbClr r="86837" g="72700" b="100000"/>
+                    </am3d:clr>
+                    <am3d:intensity n="3125000" d="1000000"/>
+                    <am3d:pos x="-37739122" y="58056624" z="-34769649"/>
+                  </am3d:ptLight>
+                </am3d:model3d>
+              </a:graphicData>
+            </a:graphic>
+          </p:graphicFrame>
+        </mc:Choice>
+        <mc:Fallback>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="2" name="3D Model 1" descr="Red Question mark">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29DC1EA6-A880-696E-93E3-ADA591CDE11E}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvPicPr>
+                <a:picLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noCrop="1"/>
+              </p:cNvPicPr>
+              <p:nvPr/>
+            </p:nvPicPr>
+            <p:blipFill>
+              <a:blip r:embed="rId3"/>
+              <a:stretch>
+                <a:fillRect/>
+              </a:stretch>
+            </p:blipFill>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="4750593" y="2061847"/>
+                <a:ext cx="2690813" cy="1800000"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+          </p:pic>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2173460"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:random/>
+  </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -10844,58 +11011,80 @@
               <a:pPr/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C96F232D-D653-38B9-B934-43B4085A2DEB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
-              <a:t>Предложене теме – Тема бр. 1 (1-2 групе)</a:t>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0"/>
+              <a:t>Предложене теме – Тема бр. 1 (1 група – </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>+ чланова</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1393C45-6131-C129-B58C-D102B6A992DF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
@@ -10930,260 +11119,245 @@
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent6"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sr-Cyrl-RS" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Паркирање особа са инвалидитетом – процедура </a:t>
-[...9 lines deleted...]
-              <a:t>издавања паркинг карте и паркинг места за особе са инвалидитетом</a:t>
+              <a:t>Упоредна анализа нивоа приступачности саобраћајне инфраструктуре у урбаним зонама особама са инвалидитетом </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
               <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Rectangle: Rounded Corners 6">
+          <p:cNvPr id="9" name="Rectangle: Rounded Corners 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08557CBB-9DAF-676C-3064-CCAACE5DD1DD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BFD2DAA-0B27-719F-C1B7-70400416C0DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="3063239"/>
-            <a:ext cx="4846320" cy="2820725"/>
+            <a:off x="851452" y="3063240"/>
+            <a:ext cx="10502348" cy="2820724"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent6"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Cyrl-RS" sz="2400" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Проблем: </a:t>
-[...82 lines deleted...]
-              </a:rPr>
               <a:t>Задатак:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Истражити и систематизовати процедуре (ко има право, потребна документа…) </a:t>
+              <a:t>Припремити чек-листу за оцену приступачности (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:rPr lang="sr-Latn-RS" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
-                <a:hlinkClick r:id="rId2"/>
               </a:rPr>
-              <a:t>https://euprava.gov.rs/usluge/7075</a:t>
+              <a:t>Google forms)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t> и спровести обуку за коришћење чек-листе – </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2 члана</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFF00"/>
+              </a:solidFill>
+              <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Најбоље решење</a:t>
+              <a:t>Прикупљање података на терену (урбане зоне – сличне величине) – </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1 члан = 1 зона</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Анализа прикупљених информација – појединачна и упоредна – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сви</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022714652"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
@@ -11278,177 +11452,86 @@
                     <p:cTn id="9" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="10" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="11" presetID="2" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="12" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="7"/>
+                                          <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                     <p:anim calcmode="lin" valueType="num">
                                       <p:cBhvr additive="base">
                                         <p:cTn id="13" dur="500" fill="hold"/>
-                                        <p:tgtEl>
-[...89 lines deleted...]
-                                        <p:cTn id="19" dur="500" fill="hold"/>
                                         <p:tgtEl>
                                           <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>ppt_x</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:tavLst>
                                         <p:tav tm="0">
                                           <p:val>
                                             <p:strVal val="#ppt_x"/>
                                           </p:val>
                                         </p:tav>
                                         <p:tav tm="100000">
                                           <p:val>
                                             <p:strVal val="#ppt_x"/>
                                           </p:val>
                                         </p:tav>
                                       </p:tavLst>
                                     </p:anim>
                                     <p:anim calcmode="lin" valueType="num">
                                       <p:cBhvr additive="base">
-                                        <p:cTn id="20" dur="500" fill="hold"/>
+                                        <p:cTn id="14" dur="500" fill="hold"/>
                                         <p:tgtEl>
                                           <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>ppt_y</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:tavLst>
                                         <p:tav tm="0">
                                           <p:val>
                                             <p:strVal val="1+#ppt_h/2"/>
                                           </p:val>
                                         </p:tav>
                                         <p:tav tm="100000">
                                           <p:val>
                                             <p:strVal val="#ppt_y"/>
                                           </p:val>
                                         </p:tav>
                                       </p:tavLst>
                                     </p:anim>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
@@ -11457,397 +11540,453 @@
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="4" grpId="0" animBg="1"/>
-      <p:bldP spid="7" grpId="0" animBg="1"/>
       <p:bldP spid="9" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39D00D84-6410-2C26-A5AA-EAFD643E2E4B}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1FABC2C-7D4E-D83D-1846-2A32E12F56CB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{334343C6-DD94-586D-E911-F7105D08A517}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C96F232D-D653-38B9-B934-43B4085A2DEB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB3A3C53-D2A2-98A0-4B6C-6AF51B85CDD9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
-              <a:t>Предложене теме – Тема бр. 2 (више група)</a:t>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0"/>
+              <a:t>Предложене теме – Тема бр. 2 (1 група – </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>+</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>чланова</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1393C45-6131-C129-B58C-D102B6A992DF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35593782-8997-5613-5C12-39D1229FBD3C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle: Rounded Corners 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C97D878B-8D79-CDD8-5B79-83072191157F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F67949F-EBD8-9056-68BF-18FB5B297A21}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="851452" y="1690688"/>
             <a:ext cx="10515600" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent6"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2300" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Савремена решења за унапређење безбедности и приступачности особа са инвалидитетом у различитим својствима учешћа у саобраћају</a:t>
+              <a:t>Упоредна анализа нивоа приступачности стајалишта јавног превоза особама са инвалидитетом </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2300" b="1" i="1" dirty="0">
+            <a:endParaRPr lang="en-US" sz="3200" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
               <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Rectangle: Rounded Corners 6">
+          <p:cNvPr id="9" name="Rectangle: Rounded Corners 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08557CBB-9DAF-676C-3064-CCAACE5DD1DD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C6330E0-0852-9B3F-4CD6-DFB93FD4AB6F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="3063239"/>
-            <a:ext cx="4846320" cy="2820725"/>
+            <a:off x="851452" y="3063240"/>
+            <a:ext cx="10502348" cy="2820724"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent6"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Cyrl-RS" sz="2400" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Проблем: </a:t>
-[...69 lines deleted...]
-              </a:rPr>
               <a:t>Задатак:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Фокус на једно својство (нпр. пешак).</a:t>
+              <a:t>Припремити чек-листу за оцену приступачности (</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Google forms)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> и спровести обуку за коришћење чек-листе – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2 члана</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFF00"/>
+              </a:solidFill>
+              <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Претрага релевантне литературе (извештаји, радови).</a:t>
+              <a:t>Прикупљање података на терену (сва стајалишта линије градског превоза) – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1 члан = 1 зона</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Представљање решења и осврт на имплементацију код нас.</a:t>
+              <a:t>Анализа прикупљених информација – појединачна и упоредна – </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сви</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2205151570"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1418240966"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -11935,177 +12074,86 @@
                     <p:cTn id="9" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="10" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="11" presetID="2" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="12" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="7"/>
+                                          <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                     <p:anim calcmode="lin" valueType="num">
                                       <p:cBhvr additive="base">
                                         <p:cTn id="13" dur="500" fill="hold"/>
-                                        <p:tgtEl>
-[...89 lines deleted...]
-                                        <p:cTn id="19" dur="500" fill="hold"/>
                                         <p:tgtEl>
                                           <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>ppt_x</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:tavLst>
                                         <p:tav tm="0">
                                           <p:val>
                                             <p:strVal val="#ppt_x"/>
                                           </p:val>
                                         </p:tav>
                                         <p:tav tm="100000">
                                           <p:val>
                                             <p:strVal val="#ppt_x"/>
                                           </p:val>
                                         </p:tav>
                                       </p:tavLst>
                                     </p:anim>
                                     <p:anim calcmode="lin" valueType="num">
                                       <p:cBhvr additive="base">
-                                        <p:cTn id="20" dur="500" fill="hold"/>
+                                        <p:cTn id="14" dur="500" fill="hold"/>
                                         <p:tgtEl>
                                           <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>ppt_y</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:tavLst>
                                         <p:tav tm="0">
                                           <p:val>
                                             <p:strVal val="1+#ppt_h/2"/>
                                           </p:val>
                                         </p:tav>
                                         <p:tav tm="100000">
                                           <p:val>
                                             <p:strVal val="#ppt_y"/>
                                           </p:val>
                                         </p:tav>
                                       </p:tavLst>
                                     </p:anim>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
@@ -12114,422 +12162,360 @@
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="4" grpId="0" animBg="1"/>
-      <p:bldP spid="7" grpId="0" animBg="1"/>
       <p:bldP spid="9" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{865A7B0F-680C-DCBF-2B19-77CDB3EEB583}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1FABC2C-7D4E-D83D-1846-2A32E12F56CB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{165F66F8-02FA-DA03-1DFC-A7C5C397E7E5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C96F232D-D653-38B9-B934-43B4085A2DEB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AC0BC77-74D0-F8F5-11CA-EDEAAEED7174}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
-              <a:t>Предложене теме – Тема бр. 3 (1 група)</a:t>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0"/>
+              <a:t>Предложене теме – Тема бр. </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0"/>
+              <a:t> (1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
+              <a:t>+</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0"/>
+              <a:t> група – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> члан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1393C45-6131-C129-B58C-D102B6A992DF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D9EEF75-F92C-F6AE-6399-775B8AA8C702}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle: Rounded Corners 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C97D878B-8D79-CDD8-5B79-83072191157F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC9C27D2-7EF9-A103-0E5D-62DFC669AD96}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="851452" y="1690688"/>
             <a:ext cx="10515600" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent6"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2300" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Acoustic Vehicle Alerting System - (AVAS)</a:t>
+              <a:t>Приступачност других видова саобраћаја особама са инвалидитетом</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2300" b="1" i="1" dirty="0">
+            <a:endParaRPr lang="en-US" sz="3200" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
               <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Rectangle: Rounded Corners 6">
+          <p:cNvPr id="9" name="Rectangle: Rounded Corners 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08557CBB-9DAF-676C-3064-CCAACE5DD1DD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{899BDA8F-7A13-7A10-0411-2A699CFA1308}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="3063239"/>
-            <a:ext cx="4846320" cy="2820725"/>
+            <a:off x="851452" y="3063240"/>
+            <a:ext cx="10502348" cy="2104072"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent6"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Cyrl-RS" sz="2400" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Проблем: </a:t>
+              <a:t>Задатак:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2200" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Бука коју емитује возило битан фактор приликом преласка улице слепих и слабовидих особа.</a:t>
+              <a:t>Одабрати један вид саобраћаја (ваздушни, водни, железнички, поштанске услуге…)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2200" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Електро возила – ниска бука</a:t>
+              <a:t>Анализирати релевантне стандарде и прописе (домаће законодавство и стране стандарде) који се односе на особе са инвалидитетом.</a:t>
             </a:r>
-          </a:p>
-[...116 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2998439921"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4215708355"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -12617,177 +12603,86 @@
                     <p:cTn id="9" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="10" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="11" presetID="2" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="12" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="7"/>
+                                          <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                     <p:anim calcmode="lin" valueType="num">
                                       <p:cBhvr additive="base">
                                         <p:cTn id="13" dur="500" fill="hold"/>
-                                        <p:tgtEl>
-[...89 lines deleted...]
-                                        <p:cTn id="19" dur="500" fill="hold"/>
                                         <p:tgtEl>
                                           <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>ppt_x</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:tavLst>
                                         <p:tav tm="0">
                                           <p:val>
                                             <p:strVal val="#ppt_x"/>
                                           </p:val>
                                         </p:tav>
                                         <p:tav tm="100000">
                                           <p:val>
                                             <p:strVal val="#ppt_x"/>
                                           </p:val>
                                         </p:tav>
                                       </p:tavLst>
                                     </p:anim>
                                     <p:anim calcmode="lin" valueType="num">
                                       <p:cBhvr additive="base">
-                                        <p:cTn id="20" dur="500" fill="hold"/>
+                                        <p:cTn id="14" dur="500" fill="hold"/>
                                         <p:tgtEl>
                                           <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>ppt_y</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:tavLst>
                                         <p:tav tm="0">
                                           <p:val>
                                             <p:strVal val="1+#ppt_h/2"/>
                                           </p:val>
                                         </p:tav>
                                         <p:tav tm="100000">
                                           <p:val>
                                             <p:strVal val="#ppt_y"/>
                                           </p:val>
                                         </p:tav>
                                       </p:tavLst>
                                     </p:anim>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
@@ -12796,448 +12691,360 @@
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="4" grpId="0" animBg="1"/>
-      <p:bldP spid="7" grpId="0" animBg="1"/>
       <p:bldP spid="9" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD21E930-D3D2-D687-C11F-23A15A156828}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1FABC2C-7D4E-D83D-1846-2A32E12F56CB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B032E1A4-AC99-3330-ED11-F68B157E061C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C96F232D-D653-38B9-B934-43B4085A2DEB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1FC4E52-D409-E698-CD18-D99C684D7FD8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
-              <a:t>Предложене теме – Тема бр. </a:t>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0"/>
+              <a:t>Предложене теме – Тема бр. 4 (1 група – </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0"/>
-              <a:t>4</a:t>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>1</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
-              <a:t> (1</a:t>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> члан</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0"/>
-              <a:t>-2</a:t>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0"/>
+              <a:t>)</a:t>
             </a:r>
-            <a:r>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1393C45-6131-C129-B58C-D102B6A992DF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9879A5CF-F4E4-2856-199E-3F8D4D0520CF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle: Rounded Corners 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C97D878B-8D79-CDD8-5B79-83072191157F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80D05DDF-C703-C48D-6AB8-A1C6D5EE4601}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="851452" y="1690688"/>
             <a:ext cx="10515600" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent6"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2300" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Безбедност и приступачност у с</a:t>
+              <a:t>Кретање слепих и слабовидих особа уз помоћ пса водича </a:t>
             </a:r>
-            <a:r>
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2300" b="1" i="1" dirty="0">
+            <a:endParaRPr lang="en-US" sz="3200" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
               <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Rectangle: Rounded Corners 6">
+          <p:cNvPr id="9" name="Rectangle: Rounded Corners 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08557CBB-9DAF-676C-3064-CCAACE5DD1DD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9722CE59-C0FA-CB91-345B-04C2AEAD3D19}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="3063239"/>
-            <a:ext cx="4846320" cy="2820725"/>
+            <a:off x="851452" y="3063240"/>
+            <a:ext cx="10502348" cy="2104072"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent6"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Cyrl-RS" sz="2400" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Проблем: </a:t>
+              <a:t>Задатак:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2200" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Положај саобраћаја у стратешким документима.</a:t>
+              <a:t>Улога пса водича у кретању слепих и слабовидих особа,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2200" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>У којим контекстима се помиње.</a:t>
-[...53 lines deleted...]
-              <a:t>Задатак:</a:t>
+              <a:t>Законодавни оквир,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2200" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Анализа садржаја одабраних докумената</a:t>
+              <a:t>Анализа праксе и научне литературе</a:t>
             </a:r>
-          </a:p>
-[...46 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2762902435"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3410666832"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -13325,177 +13132,86 @@
                     <p:cTn id="9" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="10" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="11" presetID="2" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="12" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="7"/>
+                                          <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                     <p:anim calcmode="lin" valueType="num">
                                       <p:cBhvr additive="base">
                                         <p:cTn id="13" dur="500" fill="hold"/>
-                                        <p:tgtEl>
-[...89 lines deleted...]
-                                        <p:cTn id="19" dur="500" fill="hold"/>
                                         <p:tgtEl>
                                           <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>ppt_x</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:tavLst>
                                         <p:tav tm="0">
                                           <p:val>
                                             <p:strVal val="#ppt_x"/>
                                           </p:val>
                                         </p:tav>
                                         <p:tav tm="100000">
                                           <p:val>
                                             <p:strVal val="#ppt_x"/>
                                           </p:val>
                                         </p:tav>
                                       </p:tavLst>
                                     </p:anim>
                                     <p:anim calcmode="lin" valueType="num">
                                       <p:cBhvr additive="base">
-                                        <p:cTn id="20" dur="500" fill="hold"/>
+                                        <p:cTn id="14" dur="500" fill="hold"/>
                                         <p:tgtEl>
                                           <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>ppt_y</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:tavLst>
                                         <p:tav tm="0">
                                           <p:val>
                                             <p:strVal val="1+#ppt_h/2"/>
                                           </p:val>
                                         </p:tav>
                                         <p:tav tm="100000">
                                           <p:val>
                                             <p:strVal val="#ppt_y"/>
                                           </p:val>
                                         </p:tav>
                                       </p:tavLst>
                                     </p:anim>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
@@ -13504,209 +13220,1095 @@
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="4" grpId="0" animBg="1"/>
-      <p:bldP spid="7" grpId="0" animBg="1"/>
       <p:bldP spid="9" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7183B89D-BACB-60DE-F29E-A4A5A08081DB}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...120 lines deleted...]
-      </mc:AlternateContent>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE6264F7-1286-D6ED-13EF-8C5C3925B20B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
+              <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:pPr/>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A6A56E6-67EC-D9F6-5AD8-B4E1CC853DB1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0"/>
+              <a:t>Предложене теме – Тема бр. 5 (1 група – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> члан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77141A5D-CB2A-C037-54F4-8F16F43EF429}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle: Rounded Corners 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90B55F28-F5ED-1724-1E14-FA60A8BC3C00}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="851452" y="1690688"/>
+            <a:ext cx="10515600" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent6">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent6"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent6"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Специјализоване апликације за помоћ у навигацији приликом кретања слепих и слабовидих особа</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" b="1" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFF00"/>
+              </a:solidFill>
+              <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle: Rounded Corners 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{121C5103-111C-47D7-01E0-982A3267E679}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="851452" y="3063240"/>
+            <a:ext cx="10502348" cy="2104072"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent6">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent6"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent6"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2400" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Задатак:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Преглед апликација које користе слепе и слабовиде особе приликом кретања,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>По ком принципу апликације функционишу,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Упоредна анализа апликација.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2173460"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="324711935"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition>
-[...1 lines deleted...]
-  </p:transition>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="2" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr additive="base">
+                                        <p:cTn id="7" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_x</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_x"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_x"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr additive="base">
+                                        <p:cTn id="8" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_y</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="1+#ppt_h/2"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_y"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="9" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="10" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="11" presetID="2" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="9"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr additive="base">
+                                        <p:cTn id="13" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="9"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_x</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_x"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_x"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr additive="base">
+                                        <p:cTn id="14" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="9"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_y</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="1+#ppt_h/2"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_y"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="4" grpId="0" animBg="1"/>
+      <p:bldP spid="9" grpId="0" animBg="1"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAD98B83-876F-E227-3968-D1A07BC6A375}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A1FE05C-A70B-069A-775B-95147800039E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
+              <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:pPr/>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96F86611-E8EE-736C-CBBE-0F12ADA591AE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0"/>
+              <a:t>Предложене теме – Тема бр. 6 (1+ група – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> члан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="3200" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0698F2B-C586-BE17-7332-692BB4C1FB6D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle: Rounded Corners 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85FB27CF-11F1-5525-F99D-0C4C8D4CD2A1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="851452" y="1690688"/>
+            <a:ext cx="10515600" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent6">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent6"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent6"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Стратешка документа везана за особе са инвалидитетом </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" b="1" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFF00"/>
+              </a:solidFill>
+              <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle: Rounded Corners 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E682344-D5B9-3CAF-DED7-C0534A5E566B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="851452" y="3063240"/>
+            <a:ext cx="10502348" cy="2104072"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent6">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent6"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent6"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2400" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Задатак:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Одабир једног значајног стратешког документа везаног за особе са инвалидитетом и његова анализа.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Акценат на саобраћајном аспекту.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1543463297"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="2" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr additive="base">
+                                        <p:cTn id="7" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_x</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_x"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_x"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr additive="base">
+                                        <p:cTn id="8" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_y</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="1+#ppt_h/2"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_y"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="9" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="10" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="11" presetID="2" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="9"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr additive="base">
+                                        <p:cTn id="13" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="9"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_x</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_x"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_x"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr additive="base">
+                                        <p:cTn id="14" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="9"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_y</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="1+#ppt_h/2"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_y"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="4" grpId="0" animBg="1"/>
+      <p:bldP spid="9" grpId="0" animBg="1"/>
+    </p:bldLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -14453,93 +15055,95 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>SF_ppt_template_cir</Template>
   <TotalTime></TotalTime>
-  <Words>325</Words>
+  <Words>421</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>57</Paragraphs>
-  <Slides>8</Slides>
+  <Slides>10</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="15" baseType="lpstr">
+    <vt:vector size="17" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Cambria</vt:lpstr>
       <vt:lpstr>Tw Cen MT (Body)</vt:lpstr>
       <vt:lpstr>Tw Cen MT (Body)Body)</vt:lpstr>
       <vt:lpstr>Tw Cen MT (Body)dy)</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Семинарски рад </vt:lpstr>
       <vt:lpstr>Семинарски рад - правила</vt:lpstr>
       <vt:lpstr>Ваше ИДЕЈЕ</vt:lpstr>
-      <vt:lpstr>Предложене теме – Тема бр. 1 (1-2 групе)</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Предложене теме – Тема бр. 4 (1-2 група)</vt:lpstr>
+      <vt:lpstr>Предложене теме – Тема бр. 1 (1 група – 4+ чланова)</vt:lpstr>
+      <vt:lpstr>Предложене теме – Тема бр. 2 (1 група – 4+ чланова)</vt:lpstr>
+      <vt:lpstr>Предложене теме – Тема бр. 3 (1+ група – 1 члан)</vt:lpstr>
+      <vt:lpstr>Предложене теме – Тема бр. 4 (1 група – 1 члан)</vt:lpstr>
+      <vt:lpstr>Предложене теме – Тема бр. 5 (1 група – 1 члан)</vt:lpstr>
+      <vt:lpstr>Предложене теме – Тема бр. 6 (1+ група – 1 члан)</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Особе са инвалидитетом  </dc:title>
   <dc:creator>Đorđe Petrović</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>