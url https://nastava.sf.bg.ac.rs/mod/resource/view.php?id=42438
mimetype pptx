--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,66 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="gif" ContentType="image/gif"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483719" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="258" r:id="rId4"/>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="267" r:id="rId6"/>
     <p:sldId id="268" r:id="rId7"/>
     <p:sldId id="260" r:id="rId8"/>
     <p:sldId id="261" r:id="rId9"/>
     <p:sldId id="262" r:id="rId10"/>
     <p:sldId id="264" r:id="rId11"/>
     <p:sldId id="265" r:id="rId12"/>
     <p:sldId id="266" r:id="rId13"/>
@@ -142,170 +141,173 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns=""/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
-        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
-        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
-      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="105" d="100"/>
-          <a:sy n="105" d="100"/>
+          <a:sx n="110" d="100"/>
+          <a:sy n="110" d="100"/>
         </p:scale>
-        <p:origin x="798" y="96"/>
+        <p:origin x="-558" y="-90"/>
       </p:cViewPr>
-      <p:guideLst/>
+      <p:guideLst>
+        <p:guide orient="horz" pos="2160"/>
+        <p:guide pos="3840"/>
+      </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="72008" cy="72008"/>
+  <p:gridSpacing cx="73736200" cy="73736200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="title" preserve="1">
   <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rectangle 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -490,140 +492,142 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:pPr/>
+              <a:t>26.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{88E4F8DA-93CF-4D1A-8B34-B33C7FF07644}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="9" name="Straight Connector 8"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1207658" y="4343400"/>
             <a:ext cx="9875520" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="6350">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="50000"/>
                 <a:lumOff val="50000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="233955078"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="233955078"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -698,102 +702,104 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:pPr/>
+              <a:t>26.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{88E4F8DA-93CF-4D1A-8B34-B33C7FF07644}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3272219885"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3272219885"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Vertical Title and Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -954,102 +960,104 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:pPr/>
+              <a:t>26.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{88E4F8DA-93CF-4D1A-8B34-B33C7FF07644}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3612043779"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3612043779"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1128,102 +1136,104 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:pPr/>
+              <a:t>26.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{88E4F8DA-93CF-4D1A-8B34-B33C7FF07644}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1776820474"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1776820474"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="secHead" preserve="1">
   <p:cSld name="Section Header">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -1471,140 +1481,142 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:pPr/>
+              <a:t>26.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{88E4F8DA-93CF-4D1A-8B34-B33C7FF07644}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="9" name="Straight Connector 8"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1207658" y="4343400"/>
             <a:ext cx="9875520" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="6350">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="50000"/>
                 <a:lumOff val="50000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2706855834"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2706855834"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1746,102 +1758,104 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:pPr/>
+              <a:t>26.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{88E4F8DA-93CF-4D1A-8B34-B33C7FF07644}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3990400291"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3990400291"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2125,102 +2139,104 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:pPr/>
+              <a:t>26.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{88E4F8DA-93CF-4D1A-8B34-B33C7FF07644}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="380683951"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="380683951"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2243,102 +2259,104 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:pPr/>
+              <a:t>26.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{88E4F8DA-93CF-4D1A-8B34-B33C7FF07644}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="398593639"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="398593639"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="blank" preserve="1">
   <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2414,110 +2432,112 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:pPr/>
+              <a:t>26.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{88E4F8DA-93CF-4D1A-8B34-B33C7FF07644}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="884012101"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="884012101"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="objTx" preserve="1">
   <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2768,51 +2788,52 @@
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="465512" y="6459785"/>
             <a:ext cx="2618510" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:pPr/>
+              <a:t>26.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4800600" y="6459785"/>
             <a:ext cx="4648200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
@@ -2831,60 +2852,61 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{88E4F8DA-93CF-4D1A-8B34-B33C7FF07644}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3075586058"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3075586058"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="picTx" preserve="1">
   <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2997,51 +3019,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="15" y="0"/>
             <a:ext cx="12191985" cy="4915076"/>
           </a:xfrm>
           <a:blipFill>
-            <a:blip r:embed="rId2"/>
+            <a:blip r:embed="rId2" cstate="print"/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="457200" tIns="457200" anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="3200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2800"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
@@ -3150,102 +3172,104 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:pPr/>
+              <a:t>26.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{88E4F8DA-93CF-4D1A-8B34-B33C7FF07644}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="880832479"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="880832479"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3441,51 +3465,52 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="6459785"/>
             <a:ext cx="2472271" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E0ABB9DE-B416-47BB-AE0D-F4E17E1A7D3B}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
-              <a:t>4.11.2025.</a:t>
+              <a:pPr/>
+              <a:t>26.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3686185" y="6459785"/>
             <a:ext cx="4822804" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3515,98 +3540,99 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9900458" y="6459785"/>
             <a:ext cx="1312025" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1050">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{88E4F8DA-93CF-4D1A-8B34-B33C7FF07644}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="10" name="Straight Connector 9"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1193532" y="1737845"/>
             <a:ext cx="9966960" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="6350">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="50000"/>
                 <a:lumOff val="50000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1923645103"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1923645103"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483720" r:id="rId1"/>
     <p:sldLayoutId id="2147483721" r:id="rId2"/>
     <p:sldLayoutId id="2147483722" r:id="rId3"/>
     <p:sldLayoutId id="2147483723" r:id="rId4"/>
     <p:sldLayoutId id="2147483724" r:id="rId5"/>
     <p:sldLayoutId id="2147483725" r:id="rId6"/>
     <p:sldLayoutId id="2147483726" r:id="rId7"/>
     <p:sldLayoutId id="2147483727" r:id="rId8"/>
     <p:sldLayoutId id="2147483728" r:id="rId9"/>
     <p:sldLayoutId id="2147483729" r:id="rId10"/>
     <p:sldLayoutId id="2147483730" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="85000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
@@ -3953,231 +3979,231 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:s.stefanovic@sf.bg.ac.rs" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10813DC3-EF52-FFE4-1BD1-81DD4D58EADC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{10813DC3-EF52-FFE4-1BD1-81DD4D58EADC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
               <a:t>Welcome to English 1!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E94BE3E-668C-9FA0-A6C3-87F9C50E02CB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6E94BE3E-668C-9FA0-A6C3-87F9C50E02CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4270610442"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4270610442"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95DB9B04-2867-F064-EA3B-259D0B3851DF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{95DB9B04-2867-F064-EA3B-259D0B3851DF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Context is everything!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8A4EF9E-FC36-4074-A2E7-0EEF2BC52085}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A8A4EF9E-FC36-4074-A2E7-0EEF2BC52085}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>I have </a:t>
             </a:r>
@@ -4246,149 +4272,149 @@
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Activity for next time:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Learn how to spell your full name!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CCF260B8-B23E-0967-DDA6-AB38C554D5DB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CCF260B8-B23E-0967-DDA6-AB38C554D5DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7687137" y="2340005"/>
             <a:ext cx="3866595" cy="3866595"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3710835737"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3710835737"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DDF2F24-57EB-EF3C-5602-53C1F85D017D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0DDF2F24-57EB-EF3C-5602-53C1F85D017D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Traffic		vs.		Transport</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1A12CEF-CA7A-EFFE-FBF4-9081296F99E8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F1A12CEF-CA7A-EFFE-FBF4-9081296F99E8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1192863" y="1845733"/>
             <a:ext cx="9806274" cy="4725663"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
                 <a:solidFill>
@@ -4482,266 +4508,266 @@
             </a:r>
             <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Not Equal 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F819BFC8-D48B-6150-5E4B-45FEBB5D9657}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F819BFC8-D48B-6150-5E4B-45FEBB5D9657}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5311066" y="4057095"/>
             <a:ext cx="1569868" cy="781235"/>
           </a:xfrm>
           <a:prstGeom prst="mathNotEqual">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="sr-Latn-RS">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3008517728"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3008517728"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29419A77-D196-630E-C0AE-EB502CC8031B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{29419A77-D196-630E-C0AE-EB502CC8031B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="5074919"/>
             <a:ext cx="10113264" cy="1521189"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="6000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Thank you for your attention.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Picture Placeholder 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A656A542-FA91-DFB7-4D55-AE84ACBFF86E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A656A542-FA91-DFB7-4D55-AE84ACBFF86E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect t="23313" b="23313"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr/>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3731813687"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3731813687"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8814FFC-C322-1825-C318-8ACE8A218E30}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A8814FFC-C322-1825-C318-8ACE8A218E30}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="286604"/>
             <a:ext cx="10058400" cy="1036170"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Introduction</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72B0C06E-2A41-B93E-664F-4F79A372D519}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{72B0C06E-2A41-B93E-664F-4F79A372D519}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="372862" y="1953086"/>
             <a:ext cx="10782818" cy="4103585"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
                 <a:solidFill>
@@ -4778,156 +4804,156 @@
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS" sz="3200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3200" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Please sign up in the list, and let me know if you decide not to attend after the trial period!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA67A157-5C14-DBAF-4080-332B44547EAB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DA67A157-5C14-DBAF-4080-332B44547EAB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8763000" y="0"/>
             <a:ext cx="3429000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2760813"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2760813"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83C915E8-C51D-DDBF-42BE-FAAA986806F6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{83C915E8-C51D-DDBF-42BE-FAAA986806F6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="286603"/>
             <a:ext cx="10058400" cy="903005"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>In case you do opt for English 1...</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B346CD49-C2AD-84C2-F731-03CC1A00A6D3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B346CD49-C2AD-84C2-F731-03CC1A00A6D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="577049" y="1845734"/>
             <a:ext cx="10578631" cy="4023360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
                 <a:solidFill>
@@ -4949,355 +4975,359 @@
               <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Student books: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS" sz="3200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sr-Latn-RS" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Arrow: Right 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51FC1E63-CEFF-C9B6-5770-B2BDAD077C9A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{51FC1E63-CEFF-C9B6-5770-B2BDAD077C9A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6096000" y="1934510"/>
             <a:ext cx="1141166" cy="444706"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60D48ACC-6ECE-D9B6-515A-03DFB2308EE6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{60D48ACC-6ECE-D9B6-515A-03DFB2308EE6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="20090" r="16327" b="3523"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8282867" y="26633"/>
             <a:ext cx="3781886" cy="4273189"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67BCD59F-ED98-0966-D30B-D4BFDC0395B7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{67BCD59F-ED98-0966-D30B-D4BFDC0395B7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4267415" y="2928222"/>
             <a:ext cx="1924050" cy="2743200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Picture 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B3B74C1-AE32-EDAD-8103-988678EF34FC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8B3B74C1-AE32-EDAD-8103-988678EF34FC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6275141" y="2928222"/>
             <a:ext cx="1924050" cy="2743200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="TextBox 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3405030F-98FE-E36F-2024-08AE84C7C7F7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3405030F-98FE-E36F-2024-08AE84C7C7F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="452761" y="3703752"/>
             <a:ext cx="3648722" cy="1938992"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2400" i="1" dirty="0"/>
               <a:t>Do not forget to sign up for the subject electronically!</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="sr-Latn-RS" sz="2400" i="1" dirty="0"/>
             </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2400" i="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="sr-Latn-RS" sz="2400" i="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2400" i="1" dirty="0"/>
               <a:t>Do not forget to apply for the exam electronically!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16" name="Graphic 15" descr="Books with solid fill">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC260792-960A-3AAF-14D3-5BF474B04C3F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CC260792-960A-3AAF-14D3-5BF474B04C3F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId6"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3358342" y="3022103"/>
             <a:ext cx="676101" cy="676101"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3299225871"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3299225871"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61E12211-F158-9A97-E4DD-065B17E385F7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{61E12211-F158-9A97-E4DD-065B17E385F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="286604"/>
             <a:ext cx="10058400" cy="982904"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Exam structure</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62750628-6F37-58E1-7A8D-C27C6526F5FF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{62750628-6F37-58E1-7A8D-C27C6526F5FF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="845574" y="1845734"/>
             <a:ext cx="11094892" cy="3969850"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3200" dirty="0">
@@ -5397,326 +5427,326 @@
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>                                                       oral exam (10 points) – choose one of the text we’ve covered in class, and talk about it; 						duration: ~3 minutes)</a:t>
             </a:r>
             <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="5" name="Straight Arrow Connector 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08E1A4A4-5466-5981-6C88-88B969AF9ED6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08E1A4A4-5466-5981-6C88-88B969AF9ED6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="3139736" y="2720298"/>
             <a:ext cx="843379" cy="420589"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="7" name="Straight Arrow Connector 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F398622F-F2B9-5894-5D70-0E4F37F29050}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F398622F-F2B9-5894-5D70-0E4F37F29050}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3174960" y="3429000"/>
             <a:ext cx="941033" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="9" name="Straight Arrow Connector 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{258AD11D-8E20-BA65-57AC-06BC9CF475BB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{258AD11D-8E20-BA65-57AC-06BC9CF475BB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2655903" y="4361800"/>
             <a:ext cx="967666" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="11" name="Straight Arrow Connector 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B24AFBB-0BD7-B021-F474-900DDB05DBBE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9B24AFBB-0BD7-B021-F474-900DDB05DBBE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2630606" y="4645685"/>
             <a:ext cx="914400" cy="584683"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13" name="Graphic 12" descr="Customer review with solid fill">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05224D0F-6B80-24F4-82C4-73B78C7180D1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{05224D0F-6B80-24F4-82C4-73B78C7180D1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8938334" y="3808931"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="15" name="Graphic 14" descr="Checklist with solid fill">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D859F27B-C631-73A0-841B-BBF0DB52753A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D859F27B-C631-73A0-841B-BBF0DB52753A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId5"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11026066" y="1742388"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16" name="Graphic 15" descr="Email with solid fill">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F300517-9DF8-F7A4-1D66-E2D38FC1002C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0F300517-9DF8-F7A4-1D66-E2D38FC1002C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6">
+          <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId7"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11319440" y="5647358"/>
             <a:ext cx="621026" cy="621026"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EADF726-1B7A-1A1B-4C60-A8DB7180D951}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2EADF726-1B7A-1A1B-4C60-A8DB7180D951}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="210312" y="5404104"/>
             <a:ext cx="5885688" cy="1344278"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
@@ -5749,51 +5779,51 @@
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Minimum to pass each colloquium: 21 points.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>Minimum to pass the subject: 51 points.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1500" dirty="0"/>
               <a:t>In case someone passes both colloquiums barely, obtaining 42 points, they will have to take the oral exam to make up for the difference.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1500" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3335975966"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3335975966"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -5905,80 +5935,80 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{127E3918-3741-55E7-1F91-2A3454BD219E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{127E3918-3741-55E7-1F91-2A3454BD219E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
               <a:t>Written Exam = Colloq. 1 + Colloq. 2</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BA30D87-7650-3C99-CBF4-B99460624D25}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9BA30D87-7650-3C99-CBF4-B99460624D25}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="1737360"/>
             <a:ext cx="10058400" cy="4582498"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3600" dirty="0"/>
               <a:t>Colloquium 1: </a:t>
@@ -6019,129 +6049,129 @@
               <a:t>Articles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3400" dirty="0"/>
               <a:t>Non-finite Verb Forms</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="3400" dirty="0"/>
               <a:t>Vocabulary</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Graphic 4" descr="Checklist with solid fill">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DA42A98-B750-6C6D-AA03-E356DFA02A9A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7DA42A98-B750-6C6D-AA03-E356DFA02A9A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10241280" y="2514600"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Graphic 6" descr="Person with idea with solid fill">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26E1A1CE-754A-7D92-DE56-0EF6FAB8387E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{26E1A1CE-754A-7D92-DE56-0EF6FAB8387E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId5"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10241280" y="4879757"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Rectangle 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23731B05-2481-F59D-819E-45C02C63BE37}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{23731B05-2481-F59D-819E-45C02C63BE37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6126480" y="2246285"/>
             <a:ext cx="3337560" cy="3090672"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
@@ -6156,51 +6186,51 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>Note that </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2400" b="1" dirty="0"/>
               <a:t>you may choose to take either colloquium in whichever exam term you want,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>or both at the same time!</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3380478680"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3380478680"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -6312,215 +6342,246 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52379739-DC89-047F-7B66-AAF61A958C97}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{52379739-DC89-047F-7B66-AAF61A958C97}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
               <a:t>Oral Exam</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D82B6608-265A-D555-E490-CD05F074433A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D82B6608-265A-D555-E490-CD05F074433A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
-[...1 lines deleted...]
-          <a:bodyPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1097280" y="1733909"/>
+            <a:ext cx="10058400" cy="4848046"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
-              <a:t>Choose one text from the book “Testovi, zadaci, teme“ – you can pick any text, but it’s advisable to opt for one that we have covered in class (easier, known vocabulary).</a:t>
-            </a:r>
+              <a:t>Choose one text from the book “Testovi, zadaci, teme“ – you can pick any text, but it’s advisable to opt for one that we have covered in class (easier, known vocabulary</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+              <a:t>). Talk about it for </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" b="1" smtClean="0"/>
+              <a:t>3 minutes</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" smtClean="0"/>
+              <a:t>,</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-RS" sz="2800" smtClean="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" smtClean="0"/>
+              <a:t>re-tell </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0" smtClean="0"/>
+              <a:t>it, state your opinion on it, add fun facts – whatever you want! But, make sure you display your familiarity with transport and traffic vocabulary and a range of grammar structures.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>Full list of texts: pages 3-11, and the text on page 15</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>When can you take the oral exam?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>After/before class</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>During the break between classes</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>During consultation hours</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>During the exam terms - right after the written test</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3268943537"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3268943537"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{555A53DE-A25B-5A9D-DA86-12241A380413}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{555A53DE-A25B-5A9D-DA86-12241A380413}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1097280" y="286604"/>
             <a:ext cx="10058400" cy="1187090"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Exam Structure &amp; Goals</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{880892C9-ABD2-E15C-1D3F-3784A4E4CE33}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{880892C9-ABD2-E15C-1D3F-3784A4E4CE33}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="523783" y="1740023"/>
             <a:ext cx="11319029" cy="4456591"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
                 <a:solidFill>
@@ -6597,270 +6658,270 @@
               </a:rPr>
               <a:t>To enable students to use the language more freely in everyday communication</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>To understand and be understood by native speakers</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="15" name="Graphic 14" descr="Brain in head with solid fill">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0745996B-AF08-5871-AA02-8B35E237DF76}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0745996B-AF08-5871-AA02-8B35E237DF76}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10477868" y="3433253"/>
             <a:ext cx="792332" cy="792332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="17" name="Graphic 16" descr="Boardroom with solid fill">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70FB3F64-2459-5303-3E90-4C95A4917F87}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{70FB3F64-2459-5303-3E90-4C95A4917F87}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId5"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8985682" y="5448669"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19" name="Graphic 18" descr="Podium with solid fill">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F1DDCE0-E55B-B5CC-082A-DCDB768893F9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9F1DDCE0-E55B-B5CC-082A-DCDB768893F9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6">
+          <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId7"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9720308" y="4491914"/>
             <a:ext cx="827103" cy="827103"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4133117963"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4133117963"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E936A252-0CE9-4C9B-68E6-E2023EA262FA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E936A252-0CE9-4C9B-68E6-E2023EA262FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="316044" y="5877017"/>
             <a:ext cx="11668809" cy="828731"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="5400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>The English Alphabet</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16" name="Picture Placeholder 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E78144A-A023-8C82-1E3F-F2AF9EE1ADB7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9E78144A-A023-8C82-1E3F-F2AF9EE1ADB7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect t="2704" b="2704"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12191985" cy="5752729"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3186882826"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3186882826"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -6977,88 +7038,88 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A3F48F3-99FD-3433-6032-E812D485488D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8A3F48F3-99FD-3433-6032-E812D485488D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1062255" y="117743"/>
             <a:ext cx="10058400" cy="1036170"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Vrste reči = Parts of Speech</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CCACE601-59E7-8EB6-ABD7-26BED2E5679B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CCACE601-59E7-8EB6-ABD7-26BED2E5679B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="435007" y="1322774"/>
             <a:ext cx="10720674" cy="5388744"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
                 <a:solidFill>
@@ -7139,1129 +7200,1129 @@
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Članovi</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Arrow: Right 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B57E8F1-3584-33AE-2405-3FD8575D2346}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8B57E8F1-3584-33AE-2405-3FD8575D2346}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1883546" y="1529917"/>
             <a:ext cx="763480" cy="97654"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Arrow: Right 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BA403A2-A305-6DCA-9E37-D2DA438C9D37}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9BA403A2-A305-6DCA-9E37-D2DA438C9D37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2145438" y="2074783"/>
             <a:ext cx="763480" cy="97654"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Arrow: Right 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B3B6724-B928-A37F-DAA6-7D0D122B7438}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7B3B6724-B928-A37F-DAA6-7D0D122B7438}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1756300" y="2663741"/>
             <a:ext cx="763480" cy="97654"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Arrow: Right 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD84B560-D64E-3719-1BE0-5D545ECB0DD8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BD84B560-D64E-3719-1BE0-5D545ECB0DD8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1814004" y="3221067"/>
             <a:ext cx="763480" cy="97654"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Arrow: Right 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F98E05E-6053-E9A6-1EBD-D42CF915E53A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4F98E05E-6053-E9A6-1EBD-D42CF915E53A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1769616" y="3783788"/>
             <a:ext cx="763480" cy="97654"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Arrow: Right 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CEF79F5-2BDF-ADE6-E2C7-E39BC9156547}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7CEF79F5-2BDF-ADE6-E2C7-E39BC9156547}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1703034" y="4320116"/>
             <a:ext cx="763480" cy="97654"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Arrow: Right 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDC121BA-FF18-92E9-079E-F817B58ADD67}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BDC121BA-FF18-92E9-079E-F817B58ADD67}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1892424" y="4892747"/>
             <a:ext cx="763480" cy="97654"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Arrow: Right 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F01BDAC2-0C1A-86C2-19F7-CD55EE6F2BA2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F01BDAC2-0C1A-86C2-19F7-CD55EE6F2BA2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1769616" y="5466990"/>
             <a:ext cx="763480" cy="97654"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="TextBox 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{379274CA-843A-B8DE-7B31-97B1DDF21265}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{379274CA-843A-B8DE-7B31-97B1DDF21265}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3097615" y="1275232"/>
             <a:ext cx="1403434" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>Nouns</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="TextBox 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3799905-D1B8-E673-D02D-3636CA445880}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D3799905-D1B8-E673-D02D-3636CA445880}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3249493" y="1842671"/>
             <a:ext cx="1762408" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>Pronouns</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="TextBox 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9F15507-5F01-DCFC-119D-F6E9095FFBBE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B9F15507-5F01-DCFC-119D-F6E9095FFBBE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2906398" y="2381015"/>
             <a:ext cx="1403434" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>Verbs</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="TextBox 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B689F84F-A63B-1032-2A76-89642B0E94F0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B689F84F-A63B-1032-2A76-89642B0E94F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2871425" y="2954188"/>
             <a:ext cx="1629624" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>Numbers</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="TextBox 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E965E580-515D-D8BA-3CB5-F96121E2E586}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E965E580-515D-D8BA-3CB5-F96121E2E586}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2770360" y="3522178"/>
             <a:ext cx="1874067" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>Adjectives</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="TextBox 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02623DB6-496E-150E-279E-98CCFDF48D7C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{02623DB6-496E-150E-279E-98CCFDF48D7C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2826189" y="4090168"/>
             <a:ext cx="1762408" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>Adverbs</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="TextBox 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8059365A-953F-C6F3-2C12-99735F094B12}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8059365A-953F-C6F3-2C12-99735F094B12}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2925559" y="4679964"/>
             <a:ext cx="2471596" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>Prepositions</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="TextBox 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97D7BA2C-832A-DEB4-6D0F-31E87A1BAB0C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{97D7BA2C-832A-DEB4-6D0F-31E87A1BAB0C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2826189" y="5199861"/>
             <a:ext cx="2462543" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>Conjunctions</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="23" name="Picture 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00F22734-AE04-B574-FA3E-BE1FDF43298A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{00F22734-AE04-B574-FA3E-BE1FDF43298A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7758506" y="571500"/>
             <a:ext cx="4219575" cy="5715000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Arrow: Right 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53687891-728E-40ED-6CF7-B477EB6D0749}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{53687891-728E-40ED-6CF7-B477EB6D0749}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1883546" y="6031652"/>
             <a:ext cx="763480" cy="97654"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="TextBox 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F56D1E28-AD9B-85F5-6C18-F428958AF7A1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F56D1E28-AD9B-85F5-6C18-F428958AF7A1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2951534" y="5773581"/>
             <a:ext cx="1695596" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2800" dirty="0"/>
               <a:t>Articles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="TextBox 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF17E28A-B15F-8EB8-1C5B-6ACA23D45540}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EF17E28A-B15F-8EB8-1C5B-6ACA23D45540}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4399729" y="1144611"/>
             <a:ext cx="3237463" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>table, book, car, Ana, Earth, confusion, anger, fear, student...</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="TextBox 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18918AEF-9980-894B-94A7-6AB5658638F4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{18918AEF-9980-894B-94A7-6AB5658638F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4881131" y="1842671"/>
             <a:ext cx="2756061" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>I, you, me, mine, yours, himself, everyone, anybody</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28" name="TextBox 27">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CDE57D0C-BC71-4C30-E3E6-EDDB8DCCC400}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CDE57D0C-BC71-4C30-E3E6-EDDB8DCCC400}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4145872" y="2489002"/>
             <a:ext cx="3421417" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>to love, worked, talking, had done</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="TextBox 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A727C94D-37F7-4042-4C45-AF8EE557854C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A727C94D-37F7-4042-4C45-AF8EE557854C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4741655" y="3058503"/>
             <a:ext cx="2956194" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>thirteen, first</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="TextBox 29">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92C0E7B5-9EF9-EA45-3443-3E45D6541730}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{92C0E7B5-9EF9-EA45-3443-3E45D6541730}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4644427" y="3584483"/>
             <a:ext cx="2922862" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>sociable, introverted, fun</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="TextBox 30">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2679BE2C-C168-72E3-12AF-EBE2CC97FA16}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2679BE2C-C168-72E3-12AF-EBE2CC97FA16}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4399729" y="4199138"/>
             <a:ext cx="2922862" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>slowly, kindly, beautifully</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="TextBox 31">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08AD5D56-4B3C-23B6-FF4A-B069F75B01A7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08AD5D56-4B3C-23B6-FF4A-B069F75B01A7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4923773" y="4837561"/>
             <a:ext cx="2922862" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>in, into, at, out, above, below</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="33" name="TextBox 32">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC9DCC63-6F78-75A0-5193-3BDA57437D96}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DC9DCC63-6F78-75A0-5193-3BDA57437D96}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5078027" y="5326602"/>
             <a:ext cx="2680479" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>and, despite, but</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34" name="TextBox 33">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47F72DE8-76BB-04C1-B1AA-2256F489F5F1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{47F72DE8-76BB-04C1-B1AA-2256F489F5F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4501049" y="5885895"/>
             <a:ext cx="2462543" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>a, an, the</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1916013115"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1916013115"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -10552,86 +10613,86 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="8784C7"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="5D739A"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="6997AF"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="84ACB6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="6F8183"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="69A020"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="8C8C8C"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Retrospect">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -10786,96 +10847,87 @@
             </a:gs>
             <a:gs pos="65000">
               <a:schemeClr val="phClr">
                 <a:tint val="100000"/>
                 <a:shade val="80000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="100000"/>
                 <a:shade val="48000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Retrospect" id="{5F128B03-DCCA-4EEB-AB3B-CF2899314A46}" vid="{3F1AAB62-24C6-49D2-8E01-B56FAC9A3DCD}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Retrospect" id="{5F128B03-DCCA-4EEB-AB3B-CF2899314A46}" vid="{3F1AAB62-24C6-49D2-8E01-B56FAC9A3DCD}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Retrospect</Template>
   <TotalTime></TotalTime>
-  <Words>731</Words>
+  <Words>522</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Widescreen</PresentationFormat>
+  <PresentationFormat>Custom</PresentationFormat>
   <Paragraphs>90</Paragraphs>
   <Slides>12</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="16" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>Times New Roman</vt:lpstr>
+    <vt:vector size="13" baseType="lpstr">
       <vt:lpstr>Retrospect</vt:lpstr>
       <vt:lpstr>Welcome to English 1!</vt:lpstr>
       <vt:lpstr>Introduction</vt:lpstr>
       <vt:lpstr>In case you do opt for English 1...</vt:lpstr>
       <vt:lpstr>Exam structure</vt:lpstr>
       <vt:lpstr>Written Exam = Colloq. 1 + Colloq. 2</vt:lpstr>
       <vt:lpstr>Oral Exam</vt:lpstr>
       <vt:lpstr>Exam Structure &amp; Goals</vt:lpstr>
       <vt:lpstr>The English Alphabet</vt:lpstr>
       <vt:lpstr>Vrste reči = Parts of Speech</vt:lpstr>
       <vt:lpstr>Context is everything!</vt:lpstr>
       <vt:lpstr>Traffic  vs.  Transport</vt:lpstr>
       <vt:lpstr>Thank you for your attention.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">