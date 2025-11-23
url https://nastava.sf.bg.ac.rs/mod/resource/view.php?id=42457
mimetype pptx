--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -1,49 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
@@ -62,68 +67,72 @@
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
     <p:sldMasterId id="2147483663" r:id="rId2"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId15"/>
+    <p:notesMasterId r:id="rId19"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId16"/>
+    <p:handoutMasterId r:id="rId20"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="261" r:id="rId3"/>
     <p:sldId id="262" r:id="rId4"/>
     <p:sldId id="257" r:id="rId5"/>
-    <p:sldId id="263" r:id="rId6"/>
-[...7 lines deleted...]
-    <p:sldId id="260" r:id="rId14"/>
+    <p:sldId id="272" r:id="rId6"/>
+    <p:sldId id="273" r:id="rId7"/>
+    <p:sldId id="274" r:id="rId8"/>
+    <p:sldId id="263" r:id="rId9"/>
+    <p:sldId id="264" r:id="rId10"/>
+    <p:sldId id="265" r:id="rId11"/>
+    <p:sldId id="266" r:id="rId12"/>
+    <p:sldId id="267" r:id="rId13"/>
+    <p:sldId id="268" r:id="rId14"/>
+    <p:sldId id="275" r:id="rId15"/>
+    <p:sldId id="269" r:id="rId16"/>
+    <p:sldId id="270" r:id="rId17"/>
+    <p:sldId id="260" r:id="rId18"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="sr-Latn-RS"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -200,50 +209,54 @@
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:clrMru>
+    <a:srgbClr val="FFDBFF"/>
+    <a:srgbClr val="EBF4E4"/>
+    <a:srgbClr val="FFF6DB"/>
+    <a:srgbClr val="E5EBF7"/>
     <a:srgbClr val="660066"/>
     <a:srgbClr val="FF6699"/>
     <a:srgbClr val="FFCCFF"/>
     <a:srgbClr val="1E578E"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
@@ -398,98 +411,227 @@
     <a:firstRow>
       <a:tcTxStyle b="on">
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
+  <a:tblStyle styleId="{5DA37D80-6434-44D0-A028-1B22A696006F}" styleName="Light Style 3 - Accent 2">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="tx1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:lastCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="50800" cmpd="dbl">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="25400" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15000" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="68" d="100"/>
-          <a:sy n="68" d="100"/>
+          <a:sx n="81" d="100"/>
+          <a:sy n="81" d="100"/>
         </p:scale>
-        <p:origin x="816" y="78"/>
+        <p:origin x="754" y="48"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
 </file>
 
 <file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="107"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="7"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
@@ -522,51 +664,51 @@
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1862" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="sr-Latn-RS"/>
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Серија 1</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -1085,58 +1227,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1197" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1726,58 +1868,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1197" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3050,2037 +3192,348 @@
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F716AD06-CFFF-4A5C-81B7-7B4D16C76D9E}">
       <dgm:prSet custT="1"/>
       <dgm:spPr>
         <a:solidFill>
           <a:schemeClr val="accent5">
             <a:lumMod val="40000"/>
             <a:lumOff val="60000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="accent5">
               <a:lumMod val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0" err="1">
+            <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" i="1" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Инфраструктурни</a:t>
+            <a:t>Инфраструктурни индикатори</a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0">
-[...23 lines deleted...]
-            <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+            <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{777DF23B-BBB3-4F97-B703-C5E3476589DE}" type="parTrans" cxnId="{7DCCE596-A371-4F34-8768-D40170BD9D3F}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{0F109EC7-0F00-44A8-90F3-4CEF5CB979AA}" type="sibTrans" cxnId="{7DCCE596-A371-4F34-8768-D40170BD9D3F}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{D936CC43-AD93-4454-8478-0A50742F7055}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="just"/>
           <a:r>
-            <a:rPr lang="sr-Cyrl-RS" sz="1800" dirty="0">
+            <a:rPr lang="sr-Cyrl-RS" sz="1800" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>У</a:t>
-[...695 lines deleted...]
-            <a:t>.</a:t>
+            <a:t>Узимају у обзир карактеристике инфраструктуре у смислу капацитета, нивоа услуге, квалитета транспортних објеката и услуга. Мерење ових индикатора врши се кроз показатеље као што су просечна брзина путовања, ниво гужви у саобраћају и сл.</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{FA3B2AB3-8CF0-432E-9FEA-612394F46F9D}" type="parTrans" cxnId="{00004DE4-8F3E-4E9F-AE12-915029AF63E0}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F83E9F48-C38D-4FDA-A1F3-4AD487986B0D}" type="sibTrans" cxnId="{00004DE4-8F3E-4E9F-AE12-915029AF63E0}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{D25C58B0-7CD7-44D1-B97E-018AFB4F71C2}">
       <dgm:prSet custT="1"/>
       <dgm:spPr>
         <a:solidFill>
           <a:schemeClr val="accent5">
             <a:lumMod val="40000"/>
             <a:lumOff val="60000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="accent5">
               <a:lumMod val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0" err="1">
+            <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" i="1" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Индикатори</a:t>
+            <a:t>Индикатори активности</a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0">
-[...23 lines deleted...]
-            <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+            <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{62AB1753-20FF-4389-9FFF-A8B2B5CBD624}" type="parTrans" cxnId="{788D6EB8-AB6C-4D00-B1A1-03156A108E88}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{93F1D9B2-E457-4AA1-B97C-C67E26E4EC42}" type="sibTrans" cxnId="{788D6EB8-AB6C-4D00-B1A1-03156A108E88}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{A3A49771-0EF5-4E67-9975-AF5C1CA80FB5}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="just"/>
           <a:r>
-            <a:rPr lang="sr-Cyrl-RS" sz="1800" dirty="0">
+            <a:rPr lang="sr-Cyrl-RS" sz="1800" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>О</a:t>
-[...863 lines deleted...]
-            <a:t>.</a:t>
+            <a:t>Описују временско-просторни приступ одређеним активностима (нпр. посао, здравствена заштита, образовање) од значаја становништву. Мерење ових индикатора често се реализује кроз гравитациони модел доступности одређене активности, где се на мапама обележавају зоне доступне за различите временске интервале.</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{EC678A63-7BF9-4C64-824C-6FD60ECD69FA}" type="parTrans" cxnId="{81366CC4-0A89-47FC-925A-712B9679C84B}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{C5BC66E6-69C7-46E6-92C0-BD3ED8F10075}" type="sibTrans" cxnId="{81366CC4-0A89-47FC-925A-712B9679C84B}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{C2C57BE8-CBE3-4DE6-BDA4-BEA8775386A6}">
       <dgm:prSet custT="1"/>
       <dgm:spPr>
         <a:solidFill>
           <a:schemeClr val="accent5">
             <a:lumMod val="40000"/>
             <a:lumOff val="60000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="accent5">
               <a:lumMod val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0" err="1">
+            <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" i="1" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Индикатори</a:t>
+            <a:t>Индикатори оријентисани ка људима</a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0">
-[...71 lines deleted...]
-            <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+            <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{077A92FF-CE7C-45BF-A5CD-FD0F1A273214}" type="parTrans" cxnId="{66195996-DBC4-4B25-94F7-26784C23EDE8}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{36AB7627-CC70-4616-AEF4-B58ED49758CA}" type="sibTrans" cxnId="{66195996-DBC4-4B25-94F7-26784C23EDE8}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{DE0DADDB-B549-4509-A4B4-59CE7B4B714F}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="just"/>
           <a:r>
-            <a:rPr lang="sr-Cyrl-RS" sz="1800" dirty="0">
+            <a:rPr lang="sr-Cyrl-RS" sz="1800" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>Ови индикатори описују приступачност на индивидуалном нивоу анализирајући колико активности (пословних и рекреативних) људи могу реализовати узимајући у обзир своје доступно време и квалитет транспортног система.</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="1800" dirty="0">
-[...7 lines deleted...]
-          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{D37387F4-6814-4432-ADC9-D4F3C0DE1D83}" type="parTrans" cxnId="{D360BA56-DAA5-4E89-8A2D-D2352A33BC08}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{EC6B31D0-2A4C-4946-A69B-B4BFCB0BAB91}" type="sibTrans" cxnId="{D360BA56-DAA5-4E89-8A2D-D2352A33BC08}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
@@ -5288,756 +3741,60 @@
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="863777" tIns="333248" rIns="863777" bIns="128016" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="171450" lvl="1" indent="-171450" algn="just" defTabSz="800100">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="sr-Cyrl-RS" sz="1800" kern="1200" dirty="0">
+            <a:rPr lang="sr-Cyrl-RS" sz="1800" kern="1200" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>У</a:t>
-[...695 lines deleted...]
-            <a:t>.</a:t>
+            <a:t>Узимају у обзир карактеристике инфраструктуре у смислу капацитета, нивоа услуге, квалитета транспортних објеката и услуга. Мерење ових индикатора врши се кроз показатеље као што су просечна брзина путовања, ниво гужви у саобраћају и сл.</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="0" y="324247"/>
         <a:ext cx="11129553" cy="1209600"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{B7CD6B2B-58D1-409C-AA98-F8593330A218}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="556477" y="60541"/>
           <a:ext cx="5230355" cy="499865"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent5">
             <a:lumMod val="40000"/>
             <a:lumOff val="60000"/>
@@ -6065,87 +3822,63 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="294469" tIns="0" rIns="294469" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="889000">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="2000" b="1" i="1" kern="1200" dirty="0" err="1">
+            <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" i="1" kern="1200" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Инфраструктурни</a:t>
+            <a:t>Инфраструктурни индикатори</a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="en-US" sz="2000" b="1" i="1" kern="1200" dirty="0">
-[...23 lines deleted...]
-            <a:rPr lang="en-US" sz="2000" b="1" kern="1200" dirty="0">
+            <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" kern="1200" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="580878" y="84942"/>
         <a:ext cx="5181553" cy="451063"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{5BA0274B-7DF9-43FF-B491-CA7935E8A18A}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="0" y="1856407"/>
@@ -6186,924 +3919,60 @@
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="863777" tIns="333248" rIns="863777" bIns="128016" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="171450" lvl="1" indent="-171450" algn="just" defTabSz="800100">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="sr-Cyrl-RS" sz="1800" kern="1200" dirty="0">
+            <a:rPr lang="sr-Cyrl-RS" sz="1800" kern="1200" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>О</a:t>
-[...863 lines deleted...]
-            <a:t>.</a:t>
+            <a:t>Описују временско-просторни приступ одређеним активностима (нпр. посао, здравствена заштита, образовање) од значаја становништву. Мерење ових индикатора често се реализује кроз гравитациони модел доступности одређене активности, где се на мапама обележавају зоне доступне за различите временске интервале.</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="0" y="1856407"/>
         <a:ext cx="11129553" cy="1436400"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{3DB84253-515B-4CD7-9C27-010E413F10ED}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="556477" y="1620247"/>
           <a:ext cx="3924091" cy="472320"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent5">
             <a:lumMod val="40000"/>
             <a:lumOff val="60000"/>
@@ -7131,87 +4000,63 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="294469" tIns="0" rIns="294469" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="889000">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="2000" b="1" i="1" kern="1200" dirty="0" err="1">
+            <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" i="1" kern="1200" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Индикатори</a:t>
+            <a:t>Индикатори активности</a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="en-US" sz="2000" b="1" i="1" kern="1200" dirty="0">
-[...23 lines deleted...]
-            <a:rPr lang="en-US" sz="2000" b="1" kern="1200" dirty="0">
+            <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" kern="1200" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="579534" y="1643304"/>
         <a:ext cx="3877977" cy="426206"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{C2AE4F08-B32C-4A57-A691-63024631402D}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="0" y="3615367"/>
@@ -7252,70 +4097,61 @@
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="863777" tIns="333248" rIns="863777" bIns="128016" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="171450" lvl="1" indent="-171450" algn="just" defTabSz="800100">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="sr-Cyrl-RS" sz="1800" kern="1200" dirty="0">
+            <a:rPr lang="sr-Cyrl-RS" sz="1800" kern="1200" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>Ови индикатори описују приступачност на индивидуалном нивоу анализирајући колико активности (пословних и рекреативних) људи могу реализовати узимајући у обзир своје доступно време и квалитет транспортног система.</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="1800" kern="1200" dirty="0">
-[...7 lines deleted...]
-          </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="0" y="3615367"/>
         <a:ext cx="11129553" cy="1209600"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{80296484-1458-450B-8CF9-10D208D7294A}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="556477" y="3379207"/>
           <a:ext cx="6040275" cy="472320"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent5">
             <a:lumMod val="40000"/>
             <a:lumOff val="60000"/>
           </a:schemeClr>
@@ -7342,135 +4178,63 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="294469" tIns="0" rIns="294469" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="889000">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="2000" b="1" i="1" kern="1200" dirty="0" err="1">
+            <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" i="1" kern="1200" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Индикатори</a:t>
+            <a:t>Индикатори оријентисани ка људима</a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="en-US" sz="2000" b="1" i="1" kern="1200" dirty="0">
-[...71 lines deleted...]
-            <a:rPr lang="en-US" sz="2000" b="1" kern="1200" dirty="0">
+            <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" kern="1200" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="579534" y="3402264"/>
         <a:ext cx="5994161" cy="426206"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/list1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
@@ -8794,51 +5558,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BA0D714E-108F-47C8-9868-3FFA577D6B22}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -8966,51 +5730,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F54DF269-521E-4B12-A6E5-D59C88C2B601}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -9422,51 +6186,51 @@
               <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
               <a:t>Наслов презентације</a:t>
             </a:r>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{29206475-5A6F-42DC-A20E-5CD6159ADAA8}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
@@ -9957,51 +6721,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C863CF42-AF2D-467E-A86E-921779ACBB86}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -10392,51 +7156,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{41E0A76F-A858-4830-884B-9E9914C82A13}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -10728,51 +7492,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B327E440-2A8B-43FA-8E62-283731874734}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -11113,51 +7877,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8C4348E8-5F32-4135-9735-14DFEF197A78}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -11419,51 +8183,51 @@
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D77415B9-F7E1-4329-86C5-BFD9CA71CB2B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -11762,51 +8526,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{29206475-5A6F-42DC-A20E-5CD6159ADAA8}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:tint val="75000"/>
                   </a:prstClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -12824,51 +9588,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D77415B9-F7E1-4329-86C5-BFD9CA71CB2B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:tint val="75000"/>
                   </a:prstClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Footer Placeholder 13"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -13066,51 +9830,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{3E24CC09-28A3-4024-98F4-C9F66E8E8861}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:tint val="75000"/>
                   </a:prstClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
@@ -13655,51 +10419,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{A825FD8A-1FFE-4238-BA14-C5F811CB1A6B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:tint val="75000"/>
                   </a:prstClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -14364,51 +11128,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{36DA588A-F02A-49FE-B4BB-62E9D891C6D0}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:tint val="75000"/>
                   </a:prstClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -14622,51 +11386,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{36DA588A-F02A-49FE-B4BB-62E9D891C6D0}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:tint val="75000"/>
                   </a:prstClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -15367,51 +12131,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{36DA588A-F02A-49FE-B4BB-62E9D891C6D0}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:tint val="75000"/>
                   </a:prstClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -15661,51 +12425,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D9CD9DD0-17BE-4D06-B789-47356A50A0A7}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:tint val="75000"/>
                   </a:prstClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -16027,51 +12791,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C863CF42-AF2D-467E-A86E-921779ACBB86}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:tint val="75000"/>
                   </a:prstClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -16480,51 +13244,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{41E0A76F-A858-4830-884B-9E9914C82A13}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:tint val="75000"/>
                   </a:prstClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -16834,51 +13598,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B327E440-2A8B-43FA-8E62-283731874734}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:tint val="75000"/>
                   </a:prstClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -17237,51 +14001,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8C4348E8-5F32-4135-9735-14DFEF197A78}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:tint val="75000"/>
                   </a:prstClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -17561,51 +14325,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D77415B9-F7E1-4329-86C5-BFD9CA71CB2B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:tint val="75000"/>
                   </a:prstClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -18124,51 +14888,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Date Placeholder 12"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D77415B9-F7E1-4329-86C5-BFD9CA71CB2B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Footer Placeholder 13"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -18348,51 +15112,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{3E24CC09-28A3-4024-98F4-C9F66E8E8861}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -18919,51 +15683,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{A825FD8A-1FFE-4238-BA14-C5F811CB1A6B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -19265,51 +16029,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{36DA588A-F02A-49FE-B4BB-62E9D891C6D0}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -19505,51 +16269,51 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{36DA588A-F02A-49FE-B4BB-62E9D891C6D0}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -20232,51 +16996,51 @@
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{36DA588A-F02A-49FE-B4BB-62E9D891C6D0}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -20508,51 +17272,51 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D9CD9DD0-17BE-4D06-B789-47356A50A0A7}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -20868,51 +17632,51 @@
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D77415B9-F7E1-4329-86C5-BFD9CA71CB2B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -21420,51 +18184,51 @@
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D77415B9-F7E1-4329-86C5-BFD9CA71CB2B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:tint val="75000"/>
                   </a:prstClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
-              <a:t>13.10.2024.</a:t>
+              <a:t>17.11.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS">
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -21846,447 +18610,404 @@
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1367245" y="3082835"/>
             <a:ext cx="9144000" cy="649195"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="4000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0" err="1">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Инклузивни транспорт</a:t>
+              <a:t>Инклузивни</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" sz="4000" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> транспорт</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1484812" y="6329848"/>
             <a:ext cx="9144000" cy="528152"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Београд, 2024. </a:t>
+              <a:t>Београд</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0">
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, 2025. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Subtitle 2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="352698" y="4316140"/>
             <a:ext cx="4611189" cy="2058534"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:br>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Предметни наставници:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="300"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Проф</a:t>
+              <a:t>Проф. др Радомир Мијаиловић</a:t>
             </a:r>
-            <a:r>
-[...79 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="300"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Проф. др Далибор Пешић</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="300"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Доц. др Ђорђе Петровић</a:t>
+              <a:t>Доц</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="sr-Latn-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. др Ђорђе Петровић</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Rectangle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C749BAD1-2DCB-47B6-8086-E2B55B212E55}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="376646" y="2204498"/>
             <a:ext cx="11438708" cy="553998"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="3000" b="1" i="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="3000" b="1" i="1" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Предмет: Безбедност особа са инвалидитетом у саобраћају</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="3000" b="1" i="1" dirty="0">
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="3000" b="1" i="1" noProof="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2750434249"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:blinds dir="vert"/>
   </p:transition>
   <p:timing>
     <p:tnLst>
       <p:par>
@@ -22492,184 +19213,3816 @@
       <p:bldP spid="3" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Title 2"/>
+          <p:cNvPr id="4" name="Title 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="328748" y="352062"/>
-            <a:ext cx="10226040" cy="1032601"/>
+            <a:off x="354874" y="339000"/>
+            <a:ext cx="10515600" cy="732155"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2.4. </a:t>
-[...6 lines deleted...]
-              <a:t>Дизајн за све и Универзални дизајн</a:t>
+              <a:t>2.3. Саобраћајна правичност</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="4000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
-            <a:endParaRPr lang="en-US" sz="4000" dirty="0">
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
-              <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" smtClean="0"/>
               <a:pPr/>
               <a:t>10</a:t>
             </a:fld>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="43009" name="Rectangle 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="311139" y="1162521"/>
+            <a:ext cx="11569721" cy="5478423"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Реализовање мера и активности у циљу унапређења инклузивног транспорта доприноси постизању већег нивоа </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>саобраћајне правичности</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Појам саобраћајне правичности је у својој суштини шири од појма инклузивног транспорта и у свом оквиру подразумева и друге аспекте. Саобраћајна правичност се може дефинисати као концепт који подразумева: „</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>праведну расподелу користи и оптерећења саобраћајних улагања међу демографским категоријама и у простору</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>“.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Литман</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>препознаје два типа саобраћајне правичности. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="sng" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Хоризонтална правичност </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>подразумева сличну расподелу користи и ограничења између људи са сличним потребама и способностима, а </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="sng" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>вертикална правичност</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>разматра њихову сличну прерасподелу међу групама људи са различитим потребама и нивоом способности. Управо се кроз вертикалну саобраћајну правичност посебан акценат ставља на потребе особа са инвалидитетом. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Саобраћајна правичност се најчешће анализира кроз пет категорија, од чега две категорије разматрају хоризонталну, а три вертикалну правичност. </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:diamond/>
+  </p:transition>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                        <p:cond evt="onBegin" delay="0">
+                          <p:tn val="2"/>
+                        </p:cond>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="18" presetClass="entr" presetSubtype="12" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="strips(downLeft)">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="8" presetID="18" presetClass="entr" presetSubtype="12" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="43009"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="strips(downLeft)">
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="43009"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="4" grpId="0"/>
+      <p:bldP spid="43009" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Cloud 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6701246" y="2151016"/>
+            <a:ext cx="4519748" cy="1149531"/>
+          </a:xfrm>
+          <a:prstGeom prst="cloud">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Cloud 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000">
+            <a:off x="261257" y="2037806"/>
+            <a:ext cx="5394960" cy="1149531"/>
+          </a:xfrm>
+          <a:prstGeom prst="cloud">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="980660" y="505030"/>
+            <a:ext cx="10019212" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2400" noProof="0" dirty="0">
+                <a:effectLst>
+                  <a:glow rad="228600">
+                    <a:schemeClr val="accent4">
+                      <a:satMod val="175000"/>
+                      <a:alpha val="40000"/>
+                    </a:schemeClr>
+                  </a:glow>
+                </a:effectLst>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Хоризонтална саобраћајна правичност се огледа кроз следећа два аспекта:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Cyrl-RS" sz="2400" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="2400" noProof="0" dirty="0">
+              <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" smtClean="0"/>
+              <a:pPr/>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="976174" y="2499752"/>
+            <a:ext cx="3813223" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ПРАВЕДНА РАСПОДЕЛА РЕСУРСА</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7606775" y="2389388"/>
+            <a:ext cx="2708690" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ПРОБЛЕМ ЕКСТЕРНИХ </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ТРОШКОВА </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Google Shape;205;p31"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:alphaModFix amt="80000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="-8782544" flipH="1">
+            <a:off x="6735978" y="1614238"/>
+            <a:ext cx="1124399" cy="510031"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Google Shape;205;p31"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:alphaModFix amt="80000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="19337874" flipH="1" flipV="1">
+            <a:off x="4175231" y="1554889"/>
+            <a:ext cx="1124399" cy="466572"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="370114" y="3735364"/>
+            <a:ext cx="5455920" cy="2031325"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Хоризонтална правичност захтева да људи са сличним потребама и способностима добију сличан удео ресурса и сносе сличан удео трошкова. То имплицира да потрошачи треба да „добију оно што плаћају и плате за оно што добију“ осим ако субвенције нису посебно оправдане.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Rectangle 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6466114" y="3722301"/>
+            <a:ext cx="5408023" cy="2052000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Екстерни трошкови, као што су субвенције за инфраструктуру, кашњења услед загушења и саобраћајних незгода, трошкови загађења које једна особа намеће другима, хоризонтално су неправедни. Праведност захтева минимизирање или компензацију ових трошкова.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Straight Connector 14"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6106885" y="2095636"/>
+            <a:ext cx="45721" cy="4592547"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:comb/>
+  </p:transition>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                        <p:cond evt="onBegin" delay="0">
+                          <p:tn val="2"/>
+                        </p:cond>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="53" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_w</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="8" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_h</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="10" presetID="53" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="11" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="8"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="8"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_w</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="13" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="8"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_h</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="14" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="8"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="15" presetID="53" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="16" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="17" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_w</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="18" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_h</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="19" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="20" presetID="53" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="21" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="22" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_w</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="23" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_h</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="24" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="25" presetID="53" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="26" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="7"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="27" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="7"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_w</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="28" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="7"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_h</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="29" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="7"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="30" presetID="53" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="31" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="11"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="32" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="11"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_w</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="33" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="11"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_h</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="34" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="11"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="35" presetID="53" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="36" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="5"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="37" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="5"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_w</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="38" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="5"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_h</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="39" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="5"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="40" presetID="53" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="41" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="15"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="42" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="15"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_w</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="43" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="15"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_h</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:fltVal val="0"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="44" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="15"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                        <p:par>
+                          <p:cTn id="45" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="500"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="46" presetID="7" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="afterEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="47" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="12"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr additive="base">
+                                        <p:cTn id="48" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="12"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_x</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_x"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_x"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr additive="base">
+                                        <p:cTn id="49" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="12"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_y</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="1+#ppt_h/2"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_y"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                        <p:par>
+                          <p:cTn id="50" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="1000"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="51" presetID="7" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="afterEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="52" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="13"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr additive="base">
+                                        <p:cTn id="53" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="13"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_x</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_x"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_x"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr additive="base">
+                                        <p:cTn id="54" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="13"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_y</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="1+#ppt_h/2"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_y"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="11" grpId="0" animBg="1"/>
+      <p:bldP spid="10" grpId="0" animBg="1"/>
+      <p:bldP spid="2" grpId="0"/>
+      <p:bldP spid="4" grpId="0"/>
+      <p:bldP spid="5" grpId="0"/>
+      <p:bldP spid="12" grpId="0"/>
+      <p:bldP spid="13" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Cloud 22"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8721633" y="1706880"/>
+            <a:ext cx="3100253" cy="1140823"/>
+          </a:xfrm>
+          <a:prstGeom prst="cloud">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Cloud 21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4920344" y="1537063"/>
+            <a:ext cx="3348444" cy="1663337"/>
+          </a:xfrm>
+          <a:prstGeom prst="cloud">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Cloud 20"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="280851" y="1574279"/>
+            <a:ext cx="4258490" cy="1449977"/>
+          </a:xfrm>
+          <a:prstGeom prst="cloud">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="901336" y="0"/>
+            <a:ext cx="10019212" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2400" noProof="0" dirty="0">
+                <a:effectLst>
+                  <a:glow rad="228600">
+                    <a:schemeClr val="accent4">
+                      <a:satMod val="175000"/>
+                      <a:alpha val="40000"/>
+                    </a:schemeClr>
+                  </a:glow>
+                </a:effectLst>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Вертикална саобраћајна правичност се описује кроз следеће три категорије:</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" smtClean="0"/>
+              <a:pPr/>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Google Shape;205;p31"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:alphaModFix amt="80000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="-8782544" flipH="1">
+            <a:off x="8342710" y="882718"/>
+            <a:ext cx="1124399" cy="510031"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Google Shape;205;p31"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:alphaModFix amt="80000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="19337874" flipH="1" flipV="1">
+            <a:off x="2882010" y="940936"/>
+            <a:ext cx="1124399" cy="466572"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Straight Connector 14"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4839787" y="2030322"/>
+            <a:ext cx="45721" cy="4592547"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="14" name="Straight Connector 13"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8349341" y="2012905"/>
+            <a:ext cx="45721" cy="4592547"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Rectangle 15"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="550816" y="1815626"/>
+            <a:ext cx="3718560" cy="923330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ИНКЛУЗИВНОСТ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(са акцентом на потребе мобилности и способности) </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Rectangle 16"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4797384" y="1951096"/>
+            <a:ext cx="3456270" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ДОСТУПНОСТ </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(са акцентом на примања)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Rectangle 17"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8982858" y="2094801"/>
+            <a:ext cx="2509341" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>СОЦИЈАЛНА ПРАВДА </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="20" name="Google Shape;205;p31"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:alphaModFix amt="80000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="15777877" flipH="1">
+            <a:off x="6483111" y="1128722"/>
+            <a:ext cx="1034029" cy="519313"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Rectangle 23"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="222068" y="3066480"/>
+            <a:ext cx="4376057" cy="3139321"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPts val="300"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="300"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Вертикална правичност захтева да транспортни системи служе путницима који имају проблема са реализовањем кретања. Ово је могуће остварити кроз мултимодално планирање, за остваривање потреба особа које не могу или не би требало да возе, плус универзални дизајн који обезбеђује да транспортни објекти и услуге буду доступни за све кориснике, укључујући особе са инвалидитетом.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Rectangle 24"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5007428" y="3272972"/>
+            <a:ext cx="3339737" cy="2031325"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPts val="300"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="300"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Вертикална једнакост претпоставља да јавне политике треба да фаворизују економски угрожене групе и да обезбеде да људи са нижим приходима могу да приуште основну мобилност.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Rectangle 25"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8456023" y="2990782"/>
+            <a:ext cx="3418114" cy="2862322"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPts val="300"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="300"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Циљеви социјалне правде баве се решавањем структурних друштвених неједнакости као што су различити облици дискриминације. Обично се ови проблеми решавају кроз успостављање програма и циљева за афирмативне акције као и кроз обуку запослених.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:blinds dir="vert"/>
+  </p:transition>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                        <p:cond evt="onBegin" delay="0">
+                          <p:tn val="2"/>
+                        </p:cond>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="22" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(down)">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="8" presetID="22" presetClass="entr" presetSubtype="4" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="8"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(down)">
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="8"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="11" presetID="22" presetClass="entr" presetSubtype="4" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="20"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(down)">
+                                      <p:cBhvr>
+                                        <p:cTn id="13" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="20"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="14" presetID="22" presetClass="entr" presetSubtype="4" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="15" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="7"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(down)">
+                                      <p:cBhvr>
+                                        <p:cTn id="16" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="7"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="17" presetID="22" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="18" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="21"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(down)">
+                                      <p:cBhvr>
+                                        <p:cTn id="19" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="21"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="20" presetID="22" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="21" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="16"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(down)">
+                                      <p:cBhvr>
+                                        <p:cTn id="22" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="16"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="23" presetID="22" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="24" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="17"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(down)">
+                                      <p:cBhvr>
+                                        <p:cTn id="25" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="17"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="26" presetID="22" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="27" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(down)">
+                                      <p:cBhvr>
+                                        <p:cTn id="28" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="29" presetID="22" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="30" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="18"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(down)">
+                                      <p:cBhvr>
+                                        <p:cTn id="31" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="18"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="32" presetID="22" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="33" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="23"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(down)">
+                                      <p:cBhvr>
+                                        <p:cTn id="34" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="23"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                        <p:par>
+                          <p:cTn id="35" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="500"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="36" presetID="12" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="afterEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="37" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="24"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="slide(fromBottom)">
+                                      <p:cBhvr>
+                                        <p:cTn id="38" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="24"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                        <p:par>
+                          <p:cTn id="39" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="1000"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="40" presetID="12" presetClass="entr" presetSubtype="4" fill="hold" nodeType="afterEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="41" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="15"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="slide(fromBottom)">
+                                      <p:cBhvr>
+                                        <p:cTn id="42" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="15"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                        <p:par>
+                          <p:cTn id="43" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="1500"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="44" presetID="12" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="afterEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="45" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="25"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="slide(fromBottom)">
+                                      <p:cBhvr>
+                                        <p:cTn id="46" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="25"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                        <p:par>
+                          <p:cTn id="47" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="2000"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="48" presetID="12" presetClass="entr" presetSubtype="4" fill="hold" nodeType="afterEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="49" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="14"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="slide(fromBottom)">
+                                      <p:cBhvr>
+                                        <p:cTn id="50" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="14"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                        <p:par>
+                          <p:cTn id="51" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="2500"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="52" presetID="12" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="afterEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="53" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="26"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="slide(fromBottom)">
+                                      <p:cBhvr>
+                                        <p:cTn id="54" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="26"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="23" grpId="0" animBg="1"/>
+      <p:bldP spid="22" grpId="0" animBg="1"/>
+      <p:bldP spid="21" grpId="0" animBg="1"/>
+      <p:bldP spid="2" grpId="0"/>
+      <p:bldP spid="16" grpId="0"/>
+      <p:bldP spid="17" grpId="0"/>
+      <p:bldP spid="18" grpId="0"/>
+      <p:bldP spid="24" grpId="0"/>
+      <p:bldP spid="25" grpId="0"/>
+      <p:bldP spid="26" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5D1DE02-684F-CD75-A4DE-99826424CEC1}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FF9CE9F-B58D-20F3-3F6E-F56AAE766F05}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="354874" y="339000"/>
+            <a:ext cx="10515600" cy="732155"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2400" noProof="0" dirty="0">
+                <a:effectLst>
+                  <a:glow rad="228600">
+                    <a:schemeClr val="accent4">
+                      <a:satMod val="175000"/>
+                      <a:alpha val="40000"/>
+                    </a:schemeClr>
+                  </a:glow>
+                </a:effectLst>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Саобраћајна правичност и особе са инвалидитетом</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2E8274B-5EFF-72A9-8615-734EC43CC71E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" smtClean="0"/>
+              <a:pPr/>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="43009" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37BC616B-0FE8-CD93-3214-75ADEF7DF89D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="311139" y="1470298"/>
+            <a:ext cx="11569721" cy="5170646"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="just" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Из угла особа са инвалидитетом обезбеђивање елемената вертикалне саобраћајне правичност игра значајнију улогу. Наиме, особе са инвалидитетом имају лошију почетну позицију у односу на особе које немају инвалидитет, а то се огледа кроз веће физичке, функционалне и организационе баријере</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Проблеми везани за вертикалну правичност могу се огледати на примеру особе са оштећењем вида која свакодневно путује на посао јавним превозом. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Први проблем са који се појављује може бити везан за неприступачност одређених елемената саобраћајне инфраструктуре (вертикална правичност: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>инклузивност</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Додатни проблеми који могу настати приликом самог коришћења јавног превоза везани су финансијски аспект (вертикална правичност: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>доступност</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) и понашање других корисника (вертикална правичност: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>социјална правда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>). Имајући у виду чињеницу да су особе са инвалидитетом чешће у категорији ниско плаћених радника оправдана је претпоставка да ће процентуално већи део зараде одвајати за путовање, под условом да не постоје одређене повластице. Проблем који може настати, а везан је за понашање других корисника, огледа се у потенцијалној дискриминацији других путника приликом превоза возилом.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2978061894"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:diamond/>
+  </p:transition>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                        <p:cond evt="onBegin" delay="0">
+                          <p:tn val="2"/>
+                        </p:cond>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="18" presetClass="entr" presetSubtype="12" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="strips(downLeft)">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="8" presetID="18" presetClass="entr" presetSubtype="12" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="43009"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="strips(downLeft)">
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="43009"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="4" grpId="0"/>
+      <p:bldP spid="43009" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="328748" y="352062"/>
+            <a:ext cx="10226040" cy="1032601"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2.4. Дизајн за све и Универзални дизајн</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
+              <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" smtClean="0"/>
+              <a:pPr/>
+              <a:t>14</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="261258" y="1101860"/>
             <a:ext cx="11743508" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Појам </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Универзални дизајн</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> први пут је дефинисан од стране америчког архитекте Роналда Мејса и подразумевао је „</a:t>
+              <a:t> први пут је дефинисан од стране америчког архитекте Роналда </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" i="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0" err="1">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Мејса</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> и подразумевао је „</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" i="1" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>креирање производа и животног окружења тако да буду употребљиви од стране свих људи, у највећој могућој мери, без потребе за прилагођавањем или специјализованим дизајном“</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:t>.</a:t>
+              <a:t> .</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1025" name="Rectangle 1"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="195943" y="2140379"/>
             <a:ext cx="11756571" cy="2862322"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
@@ -22681,5561 +23034,868 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Слична</a:t>
-[...1304 lines deleted...]
-              <a:t>. </a:t>
+              <a:t>Слична дефиниција наводи се и у Конвенцији о правима особа са инвалидитетом Уједињених Нација проширена креирањем програма и услуга, поред производа и животног окружења. У оквиру поменуте Конвенције посебно се наглашава да Универзални дизајн не искључује коришћење помоћних уређаја за одређене групе особа са инвалидитетом, када је то потребно. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>У </a:t>
+              <a:t>У оквиру ових дефиниција посебан проблем представљало је разумевање појмова „</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>оквиру</a:t>
+              <a:t>свих људи, у највећој могућој мери</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>“, па су </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
-[...449 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Штајнфелд</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> и </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Мејсел</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t> предложили следећу дефиницију: </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
-[...89 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>„</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Универзални</a:t>
+              <a:t>Универзални дизајн је процес који омогућава и оснажује различите групе људи кроз побољшање њихових перформанси, здравља, добробити и учешће у друштву</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
-[...509 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>“</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="3200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="3200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="222068" y="5359905"/>
             <a:ext cx="11547566" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Важно је нагласити да су појмови Универзални дизајн и </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Дизајн за све</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> практично синоними. Коришћење појма Универзални дизајн уобичајено је за подручје Сједињених Држава, Јапана и земаља Скандинавије, а Дизајн за све у пракси осталих земаља света </a:t>
-[...6 lines deleted...]
-              <a:t>.</a:t>
+              <a:t> практично синоними. Коришћење појма Универзални дизајн уобичајено је за подручје Сједињених Држава, Јапана и земаља Скандинавије, а Дизајн за све у пракси осталих земаља света .</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:diamond/>
   </p:transition>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
-              <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>11</a:t>
+              <a:t>15</a:t>
             </a:fld>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="47105" name="Rectangle 1"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="313507" y="431249"/>
-            <a:ext cx="11560629" cy="6017032"/>
+            <a:off x="315685" y="189651"/>
+            <a:ext cx="11560629" cy="6478697"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...4 lines deleted...]
-              </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Универзални</a:t>
+              <a:t>Универзални дизајн представља концепт који у својој суштини обухвата </a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>пет различитих приступа</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
-[...284 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="1200"/>
+                <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="1800"/>
+                <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buBlip>
                 <a:blip r:embed="rId2"/>
               </a:buBlip>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> ДИЗАЈН БЕЗ БАРИЈЕРА</a:t>
+              <a:t> ДИЗАЈН БЕЗ БАРИЈЕРА </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>– </a:t>
+              <a:t>– реконструкција зграда или објеката за смештај особа са инвалидитетом; дизајн који тежи да изграђено окружење учини слободним за све особе.</a:t>
             </a:r>
-            <a:r>
-[...599 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="1200"/>
+                <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="1800"/>
+                <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buBlip>
                 <a:blip r:embed="rId2"/>
               </a:buBlip>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ПРИСТУПАЧАН ДИЗАЈН </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>– </a:t>
+              <a:t>– дизајнирање за једнаке могућности приступа мобилности, објектима, уређајима и услугама за особе са инвалидитетом.</a:t>
             </a:r>
-            <a:r>
-[...389 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="1200"/>
+                <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="1800"/>
+                <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buBlip>
                 <a:blip r:embed="rId2"/>
               </a:buBlip>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ПОМОЋНЕ ТЕХНОЛОГИЈЕ</a:t>
+              <a:t>ПОМОЋНЕ ТЕХНОЛОГИЈЕ </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>– </a:t>
+              <a:t>– рехабилитациони инжењеринг који омогућава особама са инвалидитетом да обављају раније неизводљиве задатке побољшањем физичких, </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
-[...419 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>сензорних</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> и </a:t>
+              <a:t> и когнитивних способности</a:t>
             </a:r>
-            <a:r>
-[...44 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="1200"/>
+                <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="1800"/>
+                <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buBlip>
                 <a:blip r:embed="rId2"/>
               </a:buBlip>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ИНКЛУЗИВНИ ДИЗАЈН</a:t>
+              <a:t>ИНКЛУЗИВНИ ДИЗАЈН </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>– </a:t>
+              <a:t>– дизајнирање производа и услуга за потребе најшире могуће популације, без обзира на године или способности</a:t>
             </a:r>
-            <a:r>
-[...404 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="1200"/>
+                <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="1800"/>
+                <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buBlip>
                 <a:blip r:embed="rId2"/>
               </a:buBlip>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> ТРАНСГЕНЕРАЦИЈСКИ ДИЗАЈН</a:t>
+              <a:t> ТРАНСГЕНЕРАЦИЈСКИ ДИЗАЈН </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>– </a:t>
+              <a:t>– побољшање квалитета живота људи свих узраста и способности.</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="just" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
-[...6 lines deleted...]
-                <a:effectLst/>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>побољшање</a:t>
+              <a:t>Генерално, универзални дизајн није дизајн који фокус ставља искључиво на особе са инвалидитетом, већ корист имају и старије особе, труднице, родитељи са дечијим колицима и деца. Овакав приступ елиминише потребу за посебним решењима па је самим тим економски исплативији и социјално праведнији. Коначно, универзални дизајн је практична реализација принципа приступачности и важан инструмент вертикалне саобраћајне правичности.</a:t>
             </a:r>
-            <a:r>
-[...194 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:cover dir="ld"/>
   </p:transition>
   <p:timing>
     <p:tnLst>
       <p:par>
@@ -28344,51 +24004,51 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="47105" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2173460"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -28410,257 +24070,209 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
-              <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" smtClean="0"/>
               <a:pPr/>
               <a:t>2</a:t>
             </a:fld>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="4000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Теме:</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" sz="4000" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="11353800" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="457200" algn="just">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buBlip>
                 <a:blip r:embed="rId2"/>
               </a:buBlip>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="3500" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="3500" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="3600" kern="100" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="3600" kern="100" noProof="0" dirty="0">
                 <a:latin typeface="Cambria"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Појам инклузивног транспорта. </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="3600" kern="100" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" algn="just">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buBlip>
                 <a:blip r:embed="rId2"/>
               </a:buBlip>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3600" kern="100" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="3600" kern="100" noProof="0" dirty="0">
                 <a:latin typeface="Cambria"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t> Појам саобраћајне приступачности.</a:t>
             </a:r>
-            <a:r>
-[...11 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" algn="just">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buBlip>
                 <a:blip r:embed="rId2"/>
               </a:buBlip>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3600" kern="100" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="3600" kern="100" noProof="0" dirty="0">
                 <a:latin typeface="Cambria"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t> Концепт саобраћајне правичности.</a:t>
             </a:r>
-            <a:r>
-[...11 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" algn="just">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buBlip>
                 <a:blip r:embed="rId2"/>
               </a:buBlip>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="3600" kern="100" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="3600" kern="100" noProof="0" dirty="0">
                 <a:latin typeface="Cambria"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t> Концепт Дизајна за све и Универзалног дизајна.</a:t>
             </a:r>
-            <a:r>
-[...11 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3125322534"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:wipe dir="r"/>
   </p:transition>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
@@ -28954,276 +24566,269 @@
             <a:off x="0" y="6090305"/>
             <a:ext cx="12192000" cy="767695"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFCCFF">
               <a:alpha val="69804"/>
             </a:srgbClr>
           </a:solidFill>
           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
             <a:noFill/>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" kern="0">
+            <a:endParaRPr lang="sr-Cyrl-RS" kern="0" noProof="0" dirty="0">
               <a:solidFill>
                 <a:sysClr val="window" lastClr="FFFFFF"/>
               </a:solidFill>
               <a:ea typeface="Arial Unicode MS"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Rectangle 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9A101E2-CD5F-458B-9975-170CEC7FBA2A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1" y="5110592"/>
             <a:ext cx="12191999" cy="991178"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent6">
               <a:lumMod val="20000"/>
               <a:lumOff val="80000"/>
               <a:alpha val="70000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
             <a:noFill/>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" kern="0">
+            <a:endParaRPr lang="sr-Cyrl-RS" kern="0" noProof="0" dirty="0">
               <a:solidFill>
                 <a:sysClr val="window" lastClr="FFFFFF"/>
               </a:solidFill>
               <a:ea typeface="Arial Unicode MS"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Rectangle 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9A101E2-CD5F-458B-9975-170CEC7FBA2A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1" y="4183129"/>
             <a:ext cx="12192000" cy="991178"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent4">
               <a:lumMod val="20000"/>
               <a:lumOff val="80000"/>
               <a:alpha val="70000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
             <a:noFill/>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" kern="0">
+            <a:endParaRPr lang="sr-Cyrl-RS" kern="0" noProof="0" dirty="0">
               <a:solidFill>
                 <a:sysClr val="window" lastClr="FFFFFF"/>
               </a:solidFill>
               <a:ea typeface="Arial Unicode MS"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Rectangle 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9A101E2-CD5F-458B-9975-170CEC7FBA2A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="3203415"/>
             <a:ext cx="12192001" cy="991178"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent5">
               <a:lumMod val="20000"/>
               <a:lumOff val="80000"/>
               <a:alpha val="70000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
             <a:noFill/>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" kern="0">
+            <a:endParaRPr lang="sr-Cyrl-RS" kern="0" noProof="0" dirty="0">
               <a:solidFill>
                 <a:sysClr val="window" lastClr="FFFFFF"/>
               </a:solidFill>
               <a:ea typeface="Arial Unicode MS"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
-              <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" smtClean="0"/>
               <a:pPr/>
               <a:t>3</a:t>
             </a:fld>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="851263" y="0"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2.1. </a:t>
-[...6 lines deleted...]
-              <a:t>Појам инклузивног транспорта</a:t>
+              <a:t>2.1. Појам инклузивног транспорта</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="4000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
-            <a:endParaRPr lang="sr-Latn-RS" sz="4000" dirty="0">
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22529" name="Rectangle 1"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="274320" y="860692"/>
             <a:ext cx="11639005" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
@@ -29237,2546 +24842,593 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Експертска</a:t>
+              <a:t>Експертска група за урбану мобилност Европске комисије</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>дефинише појам </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>група</a:t>
+              <a:t>инклузивног транспорта</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...892 lines deleted...]
-              <a:t>. </a:t>
+              <a:t> кроз креирање и обезбеђивање транспортних система и услуга који су приступачни, расположиви, доступни и прихватљиви свим члановима друштва, без обзира на различите потребе и карактеристике. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" dirty="0">
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>У </a:t>
+              <a:t>У оквиру инклузивног транспорта помиње се више карактеристика које се чине веома сличне, али се суштински разликују. С обзиром на иста почетна слова у енглеском језику, ове карактеристике инклузивног транспорта се називају и </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="1" i="1" u="sng" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>оквиру</a:t>
+              <a:t>„4А димензије“</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="1" i="0" u="sng" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t> и дефинисане су на следећи начин:</a:t>
             </a:r>
-            <a:r>
-[...1049 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="sng" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2800" b="1" i="0" u="sng" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Rectangle 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4328350" y="6211669"/>
             <a:ext cx="7232468" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Односи се на креирање саобраћајног окружења које је безбедно, сигурно, комфорно и пуно поштовања према свим корисницима.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Rectangle 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4232366" y="3286037"/>
             <a:ext cx="7776754" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Фокусира се на креирање транспортних система који се могу једноставно користити од стране свих, укључујући и особе са физичким, сензорним или когнитивним инвалидитетом.</a:t>
+              <a:t>Фокусира се на креирање транспортних система који се могу једноставно користити од стране свих, укључујући и особе са физичким, </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0" err="1">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сензорним</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> или когнитивним инвалидитетом.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Rectangle 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="248192" y="3344091"/>
             <a:ext cx="4010298" cy="679269"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Приступачност (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" i="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" i="1" noProof="0" dirty="0" err="1">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Accessibility</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>) </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Rectangle 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="235132" y="4349932"/>
             <a:ext cx="4049485" cy="496388"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent4"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent4"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Расположивост (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" i="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" i="1" noProof="0" dirty="0" err="1">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Availability</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Rectangle 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4262845" y="4325873"/>
             <a:ext cx="7746275" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Постојање одговарајућих и разноврсних могућности превоза како би се задовољиле потребе различитих појединаца и заједница.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Rectangle 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="222069" y="5355772"/>
             <a:ext cx="4062548" cy="431073"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Доступност (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" i="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" i="1" noProof="0" dirty="0" err="1">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Affordability</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>) </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Rectangle 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4275908" y="5279459"/>
             <a:ext cx="7733212" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Подразумева стварања транспортних услуга које су финансијски доступне свим социоекономским категоријама друштва.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Rectangle 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="248194" y="6217920"/>
             <a:ext cx="4088674" cy="444137"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Прихватљивост (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" i="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" i="1" noProof="0" dirty="0" err="1">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Acceptability</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" b="1" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>) </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3125322534"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:wedge/>
   </p:transition>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
@@ -33246,125 +26898,4007 @@
       <p:bldP spid="18" grpId="1" animBg="1"/>
       <p:bldP spid="18" grpId="2" animBg="1"/>
       <p:bldP spid="17" grpId="0" animBg="1"/>
       <p:bldP spid="17" grpId="1" animBg="1"/>
       <p:bldP spid="17" grpId="2" animBg="1"/>
       <p:bldP spid="3" grpId="0"/>
       <p:bldP spid="22529" grpId="0"/>
       <p:bldP spid="8" grpId="0"/>
       <p:bldP spid="9" grpId="0"/>
       <p:bldP spid="10" grpId="0" animBg="1"/>
       <p:bldP spid="11" grpId="0" animBg="1"/>
       <p:bldP spid="12" grpId="0"/>
       <p:bldP spid="13" grpId="0" animBg="1"/>
       <p:bldP spid="14" grpId="0"/>
       <p:bldP spid="15" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{673D3EF5-9507-CE90-64F6-99C5A5A863BF}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64509D20-7700-F797-C49A-C7E5E1D8BD20}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" smtClean="0"/>
+              <a:pPr/>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC628545-D722-865E-8F3F-C4D2F01EA6A1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="851263" y="0"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2.1. Појам инклузивног транспорта</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
+              <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22529" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8725A72-9EF9-3372-A300-08F2961E397E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="289560" y="904757"/>
+            <a:ext cx="11639005" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Примери 4А</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> димензија инклузивног транспорта биће показан кроз елементе везане за најчешће начине кретања особа са инвалидитетом:</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2800" b="1" i="0" u="sng" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Table 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A16FD57-5277-517E-9542-0C2E2181BC60}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3459939898"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1033062" y="2312153"/>
+          <a:ext cx="10152000" cy="4326760"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5DA37D80-6434-44D0-A028-1B22A696006F}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="5076000">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2076817701"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="5076000">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="977823614"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Приступачност (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Accessibility</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>) </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="E5EBF7"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Расположивост (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Availability</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFF6DB"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="377239774"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1800000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Постојање рампи и спуштених ивичњака,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Постојање тактилних стаза и поља безбедности за особе са оштећењем вида,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Постојање звучне сигнализације на семафорима,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Адекватан квалитет пешачких површина (довољна ширина, квалитет подлоге).</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="E5EBF7"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Постојање пешачких површина уопште,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Постојање пешачких површина у континуитету,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Постојање алтернативних рута кретања.</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFF6DB"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="815790989"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" noProof="0" dirty="0">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Доступност (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" i="1" noProof="0" dirty="0" err="1">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Affordability</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" noProof="0" dirty="0">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="EBF4E4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" noProof="0" dirty="0">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Прихватљивост (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" i="1" noProof="0" dirty="0" err="1">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Acceptability</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" noProof="0" dirty="0">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFDBFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="740938775"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1548000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Финансијске олакшице – набавка ортопедских помагала које олакшавају/омогућавају самостално кретање (нпр. инвалидска колица).</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="EBF4E4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Уређеност и осветљеност пешачких површина,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Друштвено разумевање потреба особа са инвалидитетом (нпр. паркирање на тротоарима). </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFDBFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1080229064"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Graphic 5" descr="New Wheelchair">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFC2CB58-95A1-75CA-79EA-D9049288B7EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5638800" y="1325563"/>
+            <a:ext cx="914400" cy="914400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3578024735"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:wedge/>
+  </p:transition>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                        <p:cond evt="onBegin" delay="0">
+                          <p:tn val="2"/>
+                        </p:cond>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="55" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_w</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w*0.70"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="8" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_h</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="10" presetID="55" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="11" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22529"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22529"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_w</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w*0.70"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="13" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22529"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_h</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="14" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22529"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="3" grpId="0"/>
+      <p:bldP spid="22529" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C880CB2C-DBB6-DCD9-BA05-FDF41243B7D8}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76885C9F-B931-775C-5487-E76CD9AB1C0F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" smtClean="0"/>
+              <a:pPr/>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DDCC615-81EE-73D8-D601-B46E59903D4E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="851263" y="0"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2.1. Појам инклузивног транспорта</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
+              <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22529" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAD0D75C-612C-DD01-F749-7F38025C9B8D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="289560" y="904757"/>
+            <a:ext cx="11639005" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Примери 4А</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> димензија инклузивног транспорта биће показан кроз елементе везане за најчешће начине кретања особа са инвалидитетом:</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2800" b="1" i="0" u="sng" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Table 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF6514E5-91BE-B3AF-A12E-F4B383B17A91}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2429944915"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1033062" y="2312153"/>
+          <a:ext cx="10152000" cy="4074760"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5DA37D80-6434-44D0-A028-1B22A696006F}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="5076000">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2076817701"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="5076000">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="977823614"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Приступачност (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Accessibility</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>) </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="E5EBF7"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Расположивост (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Availability</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFF6DB"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="377239774"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1800000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Уградња система и уређаја који омогућавају/олакшавају управљање и/или путовање возилом (нпр. ручне команде, прилагођавање точка управљача),</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Прилагођавање возила за лакши улазак/излазак путника (шири отвор врата, рампе и лифтови).</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="E5EBF7"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Постојање одређеног броја адаптираних возила на тржишту,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Постојање сервисних центара који уграђују и одржавају прилагођену опрему,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Постојање ауто-школа које могу реализовати обуку,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Постојање адекватних паркинг места.</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFF6DB"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="815790989"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" noProof="0" dirty="0">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Доступност (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" i="1" noProof="0" dirty="0" err="1">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Affordability</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" noProof="0" dirty="0">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="EBF4E4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" noProof="0" dirty="0">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Прихватљивост (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" i="1" noProof="0" dirty="0" err="1">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Acceptability</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" noProof="0" dirty="0">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFDBFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="740938775"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1296000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Финансијске олакшице – субвенције за адаптацију возила, ослобађање од пореза, смањен износ за регистрацију возила.</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="EBF4E4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Обезбеђивања комфора током вожње (ергономске команде, удобан положај).</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Друштвена прихватљивост особа са инвалидитетом као возача.</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFDBFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1080229064"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Graphic 6" descr="Car">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99CEC7F-C77C-B830-2FE3-DB8B972280B8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5466000" y="1227922"/>
+            <a:ext cx="1260000" cy="1260000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1431247734"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:wedge/>
+  </p:transition>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                        <p:cond evt="onBegin" delay="0">
+                          <p:tn val="2"/>
+                        </p:cond>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="55" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_w</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w*0.70"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="8" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_h</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="10" presetID="55" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="11" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22529"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22529"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_w</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w*0.70"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="13" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22529"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_h</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="14" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22529"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="3" grpId="0"/>
+      <p:bldP spid="22529" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C937AF8B-2D57-859B-940F-4A58165EB4E1}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6994BBF4-783D-B56E-70FC-A5E2EDB4AA3C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" smtClean="0"/>
+              <a:pPr/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66D8E236-6E1C-9857-5C6F-29AF2C8CE402}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="851263" y="0"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2.1. Појам инклузивног транспорта</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
+              <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22529" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07B8C73B-FBA9-E30B-F9C5-E350AB407568}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="289560" y="904757"/>
+            <a:ext cx="11639005" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Примери 4А</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> димензија инклузивног транспорта биће показан кроз елементе везане за најчешће начине кретања особа са инвалидитетом:</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2800" b="1" i="0" u="sng" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Table 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67F2DB33-5C01-BEC5-C2BD-5AE072578AA6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1004599471"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1033062" y="2312153"/>
+          <a:ext cx="10152000" cy="4529080"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5DA37D80-6434-44D0-A028-1B22A696006F}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="5076000">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2076817701"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="5076000">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="977823614"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Приступачност (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Accessibility</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>) </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="E5EBF7"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Расположивост (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Availability</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:uLnTx/>
+                          <a:uFillTx/>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFF6DB"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="377239774"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1800000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Постојање аутобуса који имају приступачан улаз,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Прилагођеност унутрашњости возила (довољно простора за инвалидска колица, аудио најаве станица, визуелни дисплеји),</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Резервисана седишта у близини врата,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Постојање адекватне инфраструктуре која води до/од стајалишта.</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="E5EBF7"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Постојање линија које саобраћају викендом или увече,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Постојање специјалног превоза на захтев,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Фреквенција полазака која омогућава флексибилно коришћење јавног превоза,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Довољан број возача обучених за помоћ особама са инвалидитетом.</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFF6DB"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="815790989"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" noProof="0" dirty="0">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Доступност (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" i="1" noProof="0" dirty="0" err="1">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Affordability</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" noProof="0" dirty="0">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="EBF4E4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" noProof="0" dirty="0">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Прихватљивост (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" i="1" noProof="0" dirty="0" err="1">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Acceptability</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="1" noProof="0" dirty="0">
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFDBFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="740938775"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1476000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Финансијске олакшице – бесплатне карте или попуст,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Повлашћен превоз за личне асистенте.</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:endParaRPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="EBF4E4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Обученост возача приликом уласка/изласка из возила,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Уређеност и осветљеност стајалишта,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="sr-Cyrl-RS" sz="1800" b="0" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>• Култура путника – слободан простор за путнике у инвалидским колицима.</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="FFDBFF"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1080229064"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Graphic 5" descr="Bus">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55138CC6-EB11-69F5-CC43-019F394B5B75}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5389062" y="1115369"/>
+            <a:ext cx="1440000" cy="1440000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1810721613"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:wedge/>
+  </p:transition>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                        <p:cond evt="onBegin" delay="0">
+                          <p:tn val="2"/>
+                        </p:cond>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="55" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_w</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w*0.70"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="8" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_h</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="10" presetID="55" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="11" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22529"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22529"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_w</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w*0.70"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_w"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr>
+                                        <p:cTn id="13" dur="500" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22529"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_h</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_h"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="14" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22529"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="3" grpId="0"/>
+      <p:bldP spid="22529" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="211183" y="365126"/>
             <a:ext cx="10515600" cy="679904"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" sz="4000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2.2. Појам саобраћајне приступачности</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="4000" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
-            <a:endParaRPr lang="en-US" sz="4000" dirty="0">
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="4000" noProof="0" dirty="0">
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
-              <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>4</a:t>
+              <a:t>7</a:t>
             </a:fld>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="39937" name="Rectangle 1"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="222069" y="934314"/>
             <a:ext cx="11769634" cy="5509200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
@@ -33375,4068 +30909,256 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1800"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>У </a:t>
+              <a:t>У глобалном извештају Уједињених Нација</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
-[...104 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>,</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t> којим се обухватају и проблеми особа са инвалидитетом, као веома важна тема препознаје се приступачност. </a:t>
             </a:r>
-            <a:r>
-[...419 lines deleted...]
-            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0">
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1800"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Према</a:t>
+              <a:t>Према Конвенцији о правима особа са инвалидитетом Уједињених Нација, приступачност обухвата обезбеђивање једнаког приступа физичком окружењу, транспорту, информацијама и комуникацијама, укључујући и њихове технологије и системе, и осталим отвореним или јавно доступним садржајима и услугама, и у урбаној и у руралној средини. </a:t>
             </a:r>
-            <a:r>
-[...944 lines deleted...]
-            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0">
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1800"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Поједностављено</a:t>
+              <a:t>Поједностављено, приступачност представља једноставност остваривања потреба за добрима, услугама, активностима и дестинацијама. </a:t>
             </a:r>
-            <a:r>
-[...314 lines deleted...]
-            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0">
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1800"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Комитет</a:t>
+              <a:t>Разматрајући приступачност са физичког и организационог аспекта, уочава се да је ово питање велики изазов у области саобраћаја, па је оправдано разматрати и појам </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>саобраћајне приступачности</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
-[...1319 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:pPr lvl="0" algn="just" fontAlgn="base">
               <a:spcBef>
                 <a:spcPts val="1800"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
-              <a:buClrTx/>
-[...3 lines deleted...]
-              <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
-[...6 lines deleted...]
-                <a:effectLst/>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Разматрајући</a:t>
+              <a:t>Приликом анализе саобраћајне приступачности важно је анализирати комплетан ланац путовања, „од врата до врата“. На пример, возило јавног превоза може бити прилагођено тако да испуњава све захтеве приступачности, али ако до стајалишта води нераван тротоара без рампи и спуштених ивичњака није остварена приступачност у пракси. </a:t>
             </a:r>
-            <a:r>
-[...685 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:wheel spokes="1"/>
   </p:transition>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
@@ -37624,104 +31346,110 @@
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="2" grpId="0"/>
       <p:bldP spid="39937" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Diagram 3"/>
           <p:cNvGraphicFramePr/>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="919385407"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="574767" y="1724296"/>
           <a:ext cx="11129553" cy="4885509"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
-              <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>5</a:t>
+              <a:t>8</a:t>
             </a:fld>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="40961" name="Rectangle 1"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="209006" y="480102"/>
             <a:ext cx="11524129" cy="1077218"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
@@ -37732,1238 +31460,102 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Имајући</a:t>
+              <a:t>Имајући у виду значај саобраћајне приступачности, поставља се питање на који начин се она може измерити. Приликом мерења приступачности у литератури се препознаје велики број индикатора различитих типова. </a:t>
             </a:r>
-            <a:r>
-[...879 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Групе</a:t>
+              <a:t>Групе индикатора којима се најчешће описује приступачност су:</a:t>
             </a:r>
-            <a:r>
-[...254 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:cut/>
   </p:transition>
   <p:timing>
     <p:tnLst>
@@ -39073,88 +31665,88 @@
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldGraphic spid="4" grpId="0">
         <p:bldAsOne/>
       </p:bldGraphic>
       <p:bldP spid="40961" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
-              <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" smtClean="0"/>
               <a:pPr/>
-              <a:t>6</a:t>
+              <a:t>9</a:t>
             </a:fld>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="41985" name="Rectangle 1"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="183776" y="383288"/>
             <a:ext cx="12008224" cy="1354217"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
@@ -39165,1423 +31757,136 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>С </a:t>
+              <a:t>С обзиром да су приказани индикатори у већој мери окренути ка мерењу мобилности кроз показатеље као што су брзина путовања, кашњења услед гужви, ниво услуге и слично, </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
-[...719 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Литман</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>даје</a:t>
+              <a:t>даје пет препорука за мерење приступачности. </a:t>
             </a:r>
-            <a:r>
-[...175 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>У </a:t>
+              <a:t>У оквиру ових препорука посебан акценат се ставља на анализирање потреба особа са инвалидитетом:</a:t>
             </a:r>
-            <a:r>
-[...389 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Half Frame 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54E9A03A-47C0-4EEF-80F0-4E5572A8795D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
@@ -40606,51 +31911,51 @@
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial Unicode MS"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Half Frame 29">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54E9A03A-47C0-4EEF-80F0-4E5572A8795D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -40679,51 +31984,51 @@
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial Unicode MS"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Half Frame 30">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54E9A03A-47C0-4EEF-80F0-4E5572A8795D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -40752,51 +32057,51 @@
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial Unicode MS"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="Half Frame 31">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54E9A03A-47C0-4EEF-80F0-4E5572A8795D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -40823,454 +32128,435 @@
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial Unicode MS"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34" name="Rectangle 33"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1528355" y="1900875"/>
             <a:ext cx="10345782" cy="4616648"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:spcBef>
                 <a:spcPts val="1800"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Приступачност треба разматрати из угла </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>различитих корисника</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> (возачи, невозачи, особе са инвалидитетом), </a:t>
+              <a:t> (возачи, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>невозачи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, особе са инвалидитетом), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>начина путовања</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> (немоторизована и моторизована путовања) и </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>циљева</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> (образовање, посао, куповина, здравствена заштита, рекреација, итд.).</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...7 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:spcBef>
                 <a:spcPts val="1800"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Треба препознати </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>способности путника</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> за реализовање путовања, са акцентом на особе са инвалидитетом, особе са ниским примањима и сл.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...7 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:spcBef>
                 <a:spcPts val="1800"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Приступачност треба мерити </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>не само кроз путовање неким превозним средством</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> између две тачке, већ и кроз </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>путовања до превозног средства</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> од почетне локације и </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>путовања од превозног средства</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> до циљне локације.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...7 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:spcBef>
                 <a:spcPts val="1800"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent4">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Приступачност треба анализирати и у </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent4">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>функцији временских и финансијских трошкова</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent4">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>. У овом делу треба мерити и индикаторе доступности, као што је проценат прихода који се троши на транспорт.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...7 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:spcBef>
                 <a:spcPts val="1800"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="660066"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Дужине путовања треба </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="660066"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>прилагодити актуелним условима саобраћаја</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="660066"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, а </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" b="1" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" b="1" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="660066"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>трошкове путовања разматрати као променљиве</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="660066"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> у зависности од услова путовања.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="Half Frame 34">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54E9A03A-47C0-4EEF-80F0-4E5572A8795D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="8100000">
             <a:off x="179786" y="5778698"/>
             <a:ext cx="912535" cy="886496"/>
           </a:xfrm>
           <a:prstGeom prst="halfFrame">
             <a:avLst>
               <a:gd name="adj1" fmla="val 20434"/>
               <a:gd name="adj2" fmla="val 20083"/>
             </a:avLst>
@@ -41284,51 +32570,51 @@
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial Unicode MS"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:pull dir="d"/>
   </p:transition>
   <p:timing>
@@ -41612,6736 +32898,50 @@
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="41985" grpId="0"/>
       <p:bldP spid="5" grpId="0" animBg="1"/>
       <p:bldP spid="30" grpId="0" animBg="1"/>
       <p:bldP spid="31" grpId="0" animBg="1"/>
       <p:bldP spid="32" grpId="0" animBg="1"/>
       <p:bldP spid="34" grpId="0"/>
       <p:bldP spid="35" grpId="0" animBg="1"/>
-    </p:bldLst>
-[...6684 lines deleted...]
-      <p:bldP spid="26" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -49351,99 +33951,103 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>SF_ppt_template_cir</Template>
   <TotalTime></TotalTime>
-  <Words>1506</Words>
+  <Words>2206</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>86</Paragraphs>
-  <Slides>12</Slides>
+  <Paragraphs>147</Paragraphs>
+  <Slides>16</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>12</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="21" baseType="lpstr">
+    <vt:vector size="25" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Arial Unicode MS</vt:lpstr>
-      <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Cambria</vt:lpstr>
       <vt:lpstr>Tw Cen MT (Body)</vt:lpstr>
       <vt:lpstr>Tw Cen MT (Body)Body)</vt:lpstr>
       <vt:lpstr>Tw Cen MT (Body)dy)</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>1_Office Theme</vt:lpstr>
       <vt:lpstr>Инклузивни транспорт</vt:lpstr>
       <vt:lpstr>Теме:</vt:lpstr>
       <vt:lpstr>2.1. Појам инклузивног транспорта </vt:lpstr>
+      <vt:lpstr>2.1. Појам инклузивног транспорта </vt:lpstr>
+      <vt:lpstr>2.1. Појам инклузивног транспорта </vt:lpstr>
+      <vt:lpstr>2.1. Појам инклузивног транспорта </vt:lpstr>
       <vt:lpstr>2.2. Појам саобраћајне приступачности </vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>2.3. Саобраћајна правичност </vt:lpstr>
       <vt:lpstr>Хоризонтална саобраћајна правичност се огледа кроз следећа два аспекта: </vt:lpstr>
       <vt:lpstr>Вертикална саобраћајна правичност се описује кроз следеће три категорије:</vt:lpstr>
+      <vt:lpstr>Саобраћајна правичност и особе са инвалидитетом</vt:lpstr>
       <vt:lpstr>2.4. Дизајн за све и Универзални дизајн </vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Инклузивни транспорт</dc:title>
   <dc:creator>Đorđe Petrović</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>