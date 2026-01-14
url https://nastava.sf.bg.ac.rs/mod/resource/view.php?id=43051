--- v0 (2025-10-09)
+++ v1 (2026-01-14)
@@ -406,56 +406,56 @@
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15000" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr varScale="1">
+      <p:cViewPr>
         <p:scale>
-          <a:sx n="114" d="100"/>
-          <a:sy n="114" d="100"/>
+          <a:sx n="75" d="100"/>
+          <a:sy n="75" d="100"/>
         </p:scale>
-        <p:origin x="474" y="114"/>
+        <p:origin x="974" y="187"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
@@ -515,51 +515,51 @@
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1862" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
-          <a:endParaRPr lang="en-US"/>
+          <a:endParaRPr lang="sr-Latn-RS"/>
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Серија 1</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -1078,58 +1078,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1197" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1706,51 +1706,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BA0D714E-108F-47C8-9868-3FFA577D6B22}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -1878,51 +1878,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F54DF269-521E-4B12-A6E5-D59C88C2B601}" type="datetimeFigureOut">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -2278,51 +2278,51 @@
               <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
               <a:t>Наслов презентације</a:t>
             </a:r>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{29206475-5A6F-42DC-A20E-5CD6159ADAA8}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
@@ -2813,51 +2813,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C863CF42-AF2D-467E-A86E-921779ACBB86}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -3248,51 +3248,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{41E0A76F-A858-4830-884B-9E9914C82A13}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -3584,51 +3584,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B327E440-2A8B-43FA-8E62-283731874734}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -3969,51 +3969,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8C4348E8-5F32-4135-9735-14DFEF197A78}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -4275,51 +4275,51 @@
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D77415B9-F7E1-4329-86C5-BFD9CA71CB2B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)dy)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -5172,51 +5172,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Date Placeholder 12"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D77415B9-F7E1-4329-86C5-BFD9CA71CB2B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Footer Placeholder 13"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -5396,51 +5396,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{3E24CC09-28A3-4024-98F4-C9F66E8E8861}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -5967,51 +5967,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{A825FD8A-1FFE-4238-BA14-C5F811CB1A6B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -6313,51 +6313,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{36DA588A-F02A-49FE-B4BB-62E9D891C6D0}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -6553,51 +6553,51 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{36DA588A-F02A-49FE-B4BB-62E9D891C6D0}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -7280,51 +7280,51 @@
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{36DA588A-F02A-49FE-B4BB-62E9D891C6D0}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -7556,51 +7556,51 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D9CD9DD0-17BE-4D06-B789-47356A50A0A7}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:latin typeface="Tw Cen MT (Body)"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
@@ -7912,51 +7912,51 @@
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D77415B9-F7E1-4329-86C5-BFD9CA71CB2B}" type="datetime1">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
-              <a:t>9.12.2024.</a:t>
+              <a:t>22.12.2025.</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -8378,142 +8378,156 @@
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1367244" y="3435532"/>
-            <a:ext cx="9906001" cy="649195"/>
+            <a:off x="1367244" y="3241544"/>
+            <a:ext cx="9906001" cy="1182540"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="4200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="4200"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" kern="100" dirty="0">
                 <a:latin typeface="Cambria"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Особе са инвалидитетом и концепт дељења</a:t>
+              <a:t>Особе са инвалидитетом и алтернативни начини унапређења мобилности</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1484812" y="6329848"/>
             <a:ext cx="9144000" cy="528152"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sr-Cyrl-RS" sz="2000" dirty="0">
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Београд, 2024. </a:t>
+              <a:t>Београд, 202</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>5</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2000" dirty="0">
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
             </a:r>
             <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0">
               <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Subtitle 2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="352698" y="4316140"/>
             <a:ext cx="4611189" cy="2058534"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
@@ -15464,51 +15478,51 @@
                       <a:schemeClr val="accent2">
                         <a:tint val="70000"/>
                         <a:satMod val="245000"/>
                       </a:schemeClr>
                     </a:gs>
                     <a:gs pos="75000">
                       <a:schemeClr val="accent2">
                         <a:tint val="90000"/>
                         <a:shade val="60000"/>
                         <a:satMod val="240000"/>
                       </a:schemeClr>
                     </a:gs>
                     <a:gs pos="100000">
                       <a:schemeClr val="accent2">
                         <a:tint val="100000"/>
                         <a:shade val="50000"/>
                         <a:satMod val="240000"/>
                       </a:schemeClr>
                     </a:gs>
                   </a:gsLst>
                   <a:lin ang="5400000"/>
                 </a:gradFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Концепт дељења вожње може да буде још један начин за унапређење мобилности и приступачности приликом свакодневног учешћа у саобраћају. </a:t>
+              <a:t>У оквиру ове лекције биће анализирани алтернативни начини унапређење мобилности и приступачности приликом свакодневног учешћа у саобраћају. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" b="1" cap="none" spc="0" dirty="0">
               <a:ln w="11430"/>
               <a:gradFill>
                 <a:gsLst>
                   <a:gs pos="0">
                     <a:schemeClr val="accent2">
                       <a:tint val="70000"/>
                       <a:satMod val="245000"/>
                     </a:schemeClr>
                   </a:gs>
                   <a:gs pos="75000">
                     <a:schemeClr val="accent2">
                       <a:tint val="90000"/>
                       <a:shade val="60000"/>
                       <a:satMod val="240000"/>
                     </a:schemeClr>
                   </a:gs>
                   <a:gs pos="100000">
                     <a:schemeClr val="accent2">
                       <a:tint val="100000"/>
                       <a:shade val="50000"/>
                       <a:satMod val="240000"/>
                     </a:schemeClr>
                   </a:gs>
@@ -15963,359 +15977,155 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2">
               <a:lumMod val="40000"/>
               <a:lumOff val="60000"/>
               <a:alpha val="65882"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
             <a:noFill/>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" kern="0">
+            <a:endParaRPr lang="sr-Cyrl-RS" kern="0" noProof="0" dirty="0">
               <a:solidFill>
                 <a:sysClr val="window" lastClr="FFFFFF"/>
               </a:solidFill>
               <a:ea typeface="Arial Unicode MS"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
-              <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+              <a:rPr lang="sr-Cyrl-RS" noProof="0" smtClean="0"/>
               <a:pPr/>
               <a:t>3</a:t>
             </a:fld>
-            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+            <a:endParaRPr lang="sr-Cyrl-RS" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rectangle 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="772284" y="289449"/>
             <a:ext cx="8296117" cy="553998"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720">
             <a:spAutoFit/>
             <a:scene3d>
               <a:camera prst="orthographicFront"/>
               <a:lightRig rig="flat" dir="tl">
                 <a:rot lat="0" lon="0" rev="6600000"/>
               </a:lightRig>
             </a:scene3d>
             <a:sp3d extrusionH="25400" contourW="8890">
               <a:bevelT w="38100" h="31750"/>
               <a:contourClr>
                 <a:schemeClr val="accent2">
                   <a:shade val="75000"/>
                 </a:schemeClr>
               </a:contourClr>
             </a:sp3d>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="3000" b="1" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="3000" b="1" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln w="11430"/>
                 <a:gradFill>
                   <a:gsLst>
                     <a:gs pos="0">
                       <a:schemeClr val="accent2">
                         <a:tint val="70000"/>
                         <a:satMod val="245000"/>
                       </a:schemeClr>
                     </a:gs>
                     <a:gs pos="75000">
                       <a:schemeClr val="accent2">
                         <a:tint val="90000"/>
                         <a:shade val="60000"/>
                         <a:satMod val="240000"/>
                       </a:schemeClr>
                     </a:gs>
                     <a:gs pos="100000">
                       <a:schemeClr val="accent2">
                         <a:tint val="100000"/>
                         <a:shade val="50000"/>
                         <a:satMod val="240000"/>
                       </a:schemeClr>
                     </a:gs>
                   </a:gsLst>
                   <a:lin ang="5400000"/>
                 </a:gradFill>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Дељење</a:t>
-[...205 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="3000" b="1" cap="none" spc="0" dirty="0">
+              <a:t>Дељење вожње у путничким аутомобилима</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="3000" b="1" cap="none" spc="0" noProof="0" dirty="0">
               <a:ln w="11430"/>
               <a:gradFill>
                 <a:gsLst>
                   <a:gs pos="0">
                     <a:schemeClr val="accent2">
                       <a:tint val="70000"/>
                       <a:satMod val="245000"/>
                     </a:schemeClr>
                   </a:gs>
                   <a:gs pos="75000">
                     <a:schemeClr val="accent2">
                       <a:tint val="90000"/>
                       <a:shade val="60000"/>
                       <a:satMod val="240000"/>
                     </a:schemeClr>
                   </a:gs>
                   <a:gs pos="100000">
                     <a:schemeClr val="accent2">
                       <a:tint val="100000"/>
                       <a:shade val="50000"/>
                       <a:satMod val="240000"/>
                     </a:schemeClr>
                   </a:gs>
                 </a:gsLst>
                 <a:lin ang="5400000"/>
@@ -16353,1849 +16163,214 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Концепт</a:t>
-[...1124 lines deleted...]
-              <a:t>.  </a:t>
+              <a:t>Концепт дељења вожње у путничким аутомобилима има значајан потенцијал да унапреди мобилност особа са инвалидитетом. Овај потенцијал се огледа у чињеници да у приватним путничким возилима постоји много неискоришћених капацитета који се могу понудити другим особама, међу њима и особама са инвалидитетом.  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Према</a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:t>Према дефиницији</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2400" noProof="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:t> дељење вожње (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>дефиницији</a:t>
-[...13 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:t>ridesharing</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...92 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:t>) представља: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>„</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="1" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2400" b="1" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>формално</a:t>
-[...422 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:t>формално или неформално дељење вожње између возача и путника који имају сличне локације извора и завршетка путовања</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>“</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="3600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+            <a:endParaRPr kumimoji="0" lang="sr-Cyrl-RS" sz="3600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:wipe dir="r"/>
   </p:transition>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
@@ -23063,121 +21238,86 @@
       <p:bldP spid="8" grpId="0" animBg="1"/>
       <p:bldP spid="7" grpId="0"/>
       <p:bldP spid="2050" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...33 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9E6A3A0C-5B1B-4859-8A9F-0D6B550C0C8D}" type="slidenum">
               <a:rPr lang="sr-Latn-RS" smtClean="0"/>
               <a:pPr/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24577" name="Rectangle 1"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="235132" y="497645"/>
-            <a:ext cx="11769633" cy="3631763"/>
+            <a:off x="235132" y="759299"/>
+            <a:ext cx="11769633" cy="1523494"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
@@ -23189,3201 +21329,188 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Генерално</a:t>
-[...584 lines deleted...]
-              <a:t>). </a:t>
+              <a:t>Генерално говорећи, највећа мотивација возачима да поделе вожњу јесте једноставност ове активности, као и морална сатисфакција услед чињења доброг дела (алтруизам). </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="sr-Cyrl-RS" sz="2200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>У </a:t>
-[...5 lines deleted...]
-                </a:ln>
+              <a:t>У циљу додатне промоције ових активности међу возачима пожељно је и реализовати одређене активности. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA80C47E-A957-7FAD-8BD5-85700D3235D6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6828979" y="2936241"/>
+            <a:ext cx="5267226" cy="3277934"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB46B5BE-5792-BAC7-E317-8CC5E5676F37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="235132" y="2385564"/>
+            <a:ext cx="6490788" cy="4431983"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:effectLst/>
                 <a:latin typeface="Cambria" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>циљу</a:t>
-[...2501 lines deleted...]
-              <a:effectLst/>
+              <a:t>Једна од активности која би могла да олакша возачима дељење вожње са особама са инвалидитетом је креирање, или адаптација постојећих, апликација, које би обезбедиле додатне информације (нпр. Да ли је путника потребна додатна помоћ и каква?; Списак савета о одговарајућој комуникацији са конкретном особом са инвалидитетом итд.). Још једна активност која би могла да додатно мотивише возаче да учествују у дељењу вожње са особама са инвалидитетом је и могућност коришћења места за особе са инвалидитетом.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="2200" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:push dir="u"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -27141,92 +22268,92 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>SF_ppt_template_cir</Template>
   <TotalTime></TotalTime>
-  <Words>1492</Words>
+  <Words>1493</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>88</Paragraphs>
   <Slides>19</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>19</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="27" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Arial Unicode MS</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Cambria</vt:lpstr>
       <vt:lpstr>Tw Cen MT (Body)</vt:lpstr>
       <vt:lpstr>Tw Cen MT (Body)Body)</vt:lpstr>
       <vt:lpstr>Tw Cen MT (Body)dy)</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>Особе са инвалидитетом и концепт дељења</vt:lpstr>
+      <vt:lpstr>Особе са инвалидитетом и алтернативни начини унапређења мобилности</vt:lpstr>
       <vt:lpstr>Теме:</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>