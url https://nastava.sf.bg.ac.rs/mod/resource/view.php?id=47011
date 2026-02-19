--- v0 (2025-12-25)
+++ v1 (2026-02-19)
@@ -5,68 +5,77 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Marko\Desktop\rezultati kolokvijuma\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F086181D-A83C-43CA-B1BC-060E1B55F9C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{436EB0EB-6D75-4DA6-81FF-ADF013F04709}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="16.12.2025." sheetId="3" r:id="rId1"/>
+    <sheet name="29.12.2025." sheetId="3" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="174">
   <si>
     <t>Презиме и име</t>
   </si>
   <si>
     <t>Индекс</t>
   </si>
   <si>
     <t>Семинарски</t>
   </si>
   <si>
     <t>Колоквијум</t>
   </si>
   <si>
     <t>ВД240161</t>
   </si>
   <si>
     <t>Ананић Милица</t>
   </si>
   <si>
     <t>ПС240235</t>
   </si>
   <si>
     <t xml:space="preserve">Арсић Владимир </t>
   </si>
   <si>
@@ -541,50 +550,53 @@
     <t>ДС230044</t>
   </si>
   <si>
     <t>Марковић Сандра</t>
   </si>
   <si>
     <t>ДС220309</t>
   </si>
   <si>
     <t>Матић Вељко</t>
   </si>
   <si>
     <t>ДС230037</t>
   </si>
   <si>
     <t>Нешић Ђорђе</t>
   </si>
   <si>
     <t>ПС220258</t>
   </si>
   <si>
     <t>Симуноски Стеван</t>
   </si>
   <si>
     <t>ПС220233</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -669,90 +681,90 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1"/>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="2" xr:uid="{C7A32205-B1E0-41FE-9A92-A52300BC1DDF}"/>
-[...1 lines deleted...]
-    <cellStyle name="Normal 4" xfId="1" xr:uid="{D48D3B7E-C456-42F3-A578-6A92117347AC}"/>
+    <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="Normal 4" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -770,86 +782,86 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -993,1070 +1005,1176 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:D86"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:I86"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="170" zoomScaleNormal="170" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.140625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="12.28515625" style="13" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="11.85546875" style="9" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.28515625" style="9" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.85546875" style="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="10" t="s">
+      <c r="D1" s="7" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C2" s="7"/>
-      <c r="D2" s="6">
+      <c r="C2" s="11">
+        <v>20</v>
+      </c>
+      <c r="D2" s="12">
         <v>25</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="C3" s="7"/>
-[...2 lines deleted...]
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C3" s="11"/>
+      <c r="D3" s="12"/>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C4" s="7"/>
-[...2 lines deleted...]
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C4" s="11">
+        <v>20</v>
+      </c>
+      <c r="D4" s="12"/>
+      <c r="G4" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C5" s="7"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C5" s="11">
+        <v>20</v>
+      </c>
+      <c r="D5" s="12">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C6" s="7"/>
-[...2 lines deleted...]
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C6" s="11"/>
+      <c r="D6" s="12"/>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="C7" s="7"/>
-[...2 lines deleted...]
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C7" s="11">
+        <v>20</v>
+      </c>
+      <c r="D7" s="12"/>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="C8" s="7"/>
-[...2 lines deleted...]
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C8" s="11"/>
+      <c r="D8" s="12"/>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="C9" s="7"/>
-      <c r="D9" s="6">
+      <c r="C9" s="11">
+        <v>20</v>
+      </c>
+      <c r="D9" s="12">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="C10" s="7"/>
-[...4 lines deleted...]
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C10" s="11">
+        <v>20</v>
+      </c>
+      <c r="D10" s="12"/>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="C11" s="7"/>
-[...4 lines deleted...]
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C11" s="11">
+        <v>20</v>
+      </c>
+      <c r="D11" s="12">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="C12" s="7"/>
-      <c r="D12" s="6">
+      <c r="C12" s="11">
+        <v>20</v>
+      </c>
+      <c r="D12" s="12">
         <v>36</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="C13" s="7"/>
-[...2 lines deleted...]
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C13" s="11"/>
+      <c r="D13" s="12"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="C14" s="7"/>
-      <c r="D14" s="6">
+      <c r="C14" s="11">
+        <v>20</v>
+      </c>
+      <c r="D14" s="12">
         <v>38</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="C15" s="7"/>
-[...2 lines deleted...]
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C15" s="11"/>
+      <c r="D15" s="12"/>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="C16" s="7"/>
-      <c r="D16" s="6"/>
+      <c r="C16" s="11">
+        <v>20</v>
+      </c>
+      <c r="D16" s="12">
+        <v>34</v>
+      </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="7"/>
-      <c r="D17" s="6">
+      <c r="C17" s="11">
+        <v>20</v>
+      </c>
+      <c r="D17" s="12">
         <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="C18" s="7"/>
-      <c r="D18" s="6">
+      <c r="C18" s="11">
+        <v>20</v>
+      </c>
+      <c r="D18" s="12">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="C19" s="7"/>
-[...1 lines deleted...]
-        <v>18</v>
+      <c r="C19" s="11">
+        <v>20</v>
+      </c>
+      <c r="D19" s="12">
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="C20" s="7"/>
-[...1 lines deleted...]
-        <v>21</v>
+      <c r="C20" s="11">
+        <v>20</v>
+      </c>
+      <c r="D20" s="12">
+        <v>34</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="C21" s="7"/>
-[...1 lines deleted...]
-        <v>18</v>
+      <c r="C21" s="11">
+        <v>20</v>
+      </c>
+      <c r="D21" s="12">
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C22" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C22" s="11">
+        <v>20</v>
+      </c>
+      <c r="D22" s="12"/>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="C23" s="7"/>
-[...1 lines deleted...]
-        <v>18</v>
+      <c r="C23" s="11">
+        <v>20</v>
+      </c>
+      <c r="D23" s="12">
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="C24" s="7"/>
-      <c r="D24" s="6"/>
+      <c r="C24" s="11"/>
+      <c r="D24" s="12"/>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C25" s="7"/>
-      <c r="D25" s="6">
+      <c r="C25" s="11">
+        <v>20</v>
+      </c>
+      <c r="D25" s="12">
         <v>34</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="C26" s="7"/>
-[...1 lines deleted...]
-        <v>25</v>
+      <c r="C26" s="11">
+        <v>20</v>
+      </c>
+      <c r="D26" s="12">
+        <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="C27" s="7"/>
-      <c r="D27" s="6">
+      <c r="C27" s="11">
+        <v>20</v>
+      </c>
+      <c r="D27" s="12">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="C28" s="7"/>
-      <c r="D28" s="6"/>
+      <c r="C28" s="11"/>
+      <c r="D28" s="12"/>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="C29" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C29" s="11">
+        <v>20</v>
+      </c>
+      <c r="D29" s="12"/>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="C30" s="7"/>
-      <c r="D30" s="6"/>
+      <c r="C30" s="11"/>
+      <c r="D30" s="12"/>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="C31" s="7"/>
-      <c r="D31" s="6"/>
+      <c r="C31" s="11"/>
+      <c r="D31" s="12"/>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="C32" s="7"/>
-      <c r="D32" s="6">
+      <c r="C32" s="11">
+        <v>20</v>
+      </c>
+      <c r="D32" s="12">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="C33" s="7"/>
-      <c r="D33" s="6"/>
+      <c r="C33" s="11"/>
+      <c r="D33" s="12"/>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>68</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="C34" s="7"/>
-      <c r="D34" s="6">
+      <c r="C34" s="11">
+        <v>20</v>
+      </c>
+      <c r="D34" s="12">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="C35" s="8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C35" s="13">
+        <v>20</v>
+      </c>
+      <c r="D35" s="14"/>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="C36" s="8"/>
-      <c r="D36" s="11">
+      <c r="C36" s="13">
+        <v>20</v>
+      </c>
+      <c r="D36" s="14">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="C37" s="8"/>
-      <c r="D37" s="11">
+      <c r="C37" s="13">
+        <v>20</v>
+      </c>
+      <c r="D37" s="14">
         <v>29</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="C38" s="8"/>
-      <c r="D38" s="11"/>
+      <c r="C38" s="13">
+        <v>20</v>
+      </c>
+      <c r="D38" s="14"/>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="C39" s="8"/>
-      <c r="D39" s="11">
+      <c r="C39" s="13">
+        <v>20</v>
+      </c>
+      <c r="D39" s="14">
         <v>33</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="5" t="s">
         <v>80</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="C40" s="8"/>
-      <c r="D40" s="11">
+      <c r="C40" s="13">
+        <v>20</v>
+      </c>
+      <c r="D40" s="14">
         <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="5" t="s">
         <v>82</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="C41" s="8"/>
-      <c r="D41" s="11">
+      <c r="C41" s="13">
+        <v>20</v>
+      </c>
+      <c r="D41" s="14">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="C42" s="8"/>
-      <c r="D42" s="11"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="14"/>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="5" t="s">
         <v>86</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="C43" s="8">
-[...2 lines deleted...]
-      <c r="D43" s="11"/>
+      <c r="C43" s="13">
+        <v>20</v>
+      </c>
+      <c r="D43" s="14">
+        <v>35</v>
+      </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="5" t="s">
         <v>88</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="C44" s="8"/>
-      <c r="D44" s="11">
+      <c r="C44" s="13">
+        <v>20</v>
+      </c>
+      <c r="D44" s="14">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="5" t="s">
         <v>90</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="C45" s="8"/>
-[...1 lines deleted...]
-        <v>22</v>
+      <c r="C45" s="13">
+        <v>20</v>
+      </c>
+      <c r="D45" s="14">
+        <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="5" t="s">
         <v>92</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="C46" s="8">
-[...2 lines deleted...]
-      <c r="D46" s="11"/>
+      <c r="C46" s="13">
+        <v>20</v>
+      </c>
+      <c r="D46" s="14"/>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="5" t="s">
         <v>94</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="C47" s="8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C47" s="13"/>
+      <c r="D47" s="14"/>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="5" t="s">
         <v>96</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="C48" s="8"/>
-      <c r="D48" s="11">
+      <c r="C48" s="13">
+        <v>20</v>
+      </c>
+      <c r="D48" s="14">
         <v>27</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" s="5" t="s">
         <v>98</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="C49" s="8"/>
-      <c r="D49" s="11">
+      <c r="C49" s="13">
+        <v>20</v>
+      </c>
+      <c r="D49" s="14">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="5" t="s">
         <v>100</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="C50" s="8"/>
-[...1 lines deleted...]
-        <v>26</v>
+      <c r="C50" s="13">
+        <v>20</v>
+      </c>
+      <c r="D50" s="14">
+        <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="5" t="s">
         <v>102</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="C51" s="8"/>
-      <c r="D51" s="11"/>
+      <c r="C51" s="13">
+        <v>20</v>
+      </c>
+      <c r="D51" s="14"/>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="5" t="s">
         <v>104</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="C52" s="8"/>
-      <c r="D52" s="11">
+      <c r="C52" s="13">
+        <v>20</v>
+      </c>
+      <c r="D52" s="14">
         <v>40</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="5" t="s">
         <v>106</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="C53" s="8"/>
-      <c r="D53" s="11">
+      <c r="C53" s="13">
+        <v>20</v>
+      </c>
+      <c r="D53" s="14">
         <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="5" t="s">
         <v>108</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="C54" s="8"/>
-      <c r="D54" s="11">
+      <c r="C54" s="13">
+        <v>20</v>
+      </c>
+      <c r="D54" s="14">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="5" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="C55" s="8"/>
-      <c r="D55" s="11">
+      <c r="C55" s="13">
+        <v>20</v>
+      </c>
+      <c r="D55" s="14">
         <v>36</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="5" t="s">
         <v>112</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="C56" s="8"/>
-      <c r="D56" s="11">
+      <c r="C56" s="13">
+        <v>20</v>
+      </c>
+      <c r="D56" s="14">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="5" t="s">
         <v>114</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="C57" s="8"/>
-      <c r="D57" s="11"/>
+      <c r="C57" s="13"/>
+      <c r="D57" s="14"/>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" s="5" t="s">
         <v>116</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="C58" s="8"/>
-      <c r="D58" s="11">
+      <c r="C58" s="13">
+        <v>20</v>
+      </c>
+      <c r="D58" s="14">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="5" t="s">
         <v>118</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="C59" s="8"/>
-      <c r="D59" s="11">
+      <c r="C59" s="13">
+        <v>20</v>
+      </c>
+      <c r="D59" s="14">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" s="5" t="s">
         <v>120</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="C60" s="8"/>
-      <c r="D60" s="11"/>
+      <c r="C60" s="13"/>
+      <c r="D60" s="14"/>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>122</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>123</v>
       </c>
-      <c r="C61" s="8"/>
-      <c r="D61" s="11"/>
+      <c r="C61" s="13"/>
+      <c r="D61" s="14"/>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" s="5" t="s">
         <v>124</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="C62" s="8"/>
-      <c r="D62" s="11">
+      <c r="C62" s="13">
+        <v>20</v>
+      </c>
+      <c r="D62" s="14">
         <v>37</v>
       </c>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A63" s="5" t="s">
         <v>126</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="C63" s="8"/>
-      <c r="D63" s="11">
+      <c r="C63" s="13">
+        <v>20</v>
+      </c>
+      <c r="D63" s="14">
         <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A64" s="5" t="s">
         <v>128</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="C64" s="8"/>
-      <c r="D64" s="11">
+      <c r="C64" s="13">
+        <v>20</v>
+      </c>
+      <c r="D64" s="14">
         <v>28</v>
       </c>
     </row>
-    <row r="65" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="5" t="s">
         <v>130</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>131</v>
       </c>
-      <c r="C65" s="8"/>
-      <c r="D65" s="11">
+      <c r="C65" s="13">
+        <v>20</v>
+      </c>
+      <c r="D65" s="14">
         <v>40</v>
       </c>
     </row>
-    <row r="66" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="5" t="s">
         <v>132</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="C66" s="8"/>
-[...2 lines deleted...]
-    <row r="67" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C66" s="13"/>
+      <c r="D66" s="14"/>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="5" t="s">
         <v>134</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="C67" s="8"/>
-[...4 lines deleted...]
-    <row r="68" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C67" s="13">
+        <v>20</v>
+      </c>
+      <c r="D67" s="14">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="5" t="s">
         <v>136</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="C68" s="8">
-[...4 lines deleted...]
-    <row r="69" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C68" s="13">
+        <v>20</v>
+      </c>
+      <c r="D68" s="14"/>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="5" t="s">
         <v>138</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>139</v>
       </c>
-      <c r="C69" s="8"/>
-[...4 lines deleted...]
-    <row r="70" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C69" s="13">
+        <v>20</v>
+      </c>
+      <c r="D69" s="14"/>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="5" t="s">
         <v>140</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="C70" s="8"/>
-      <c r="D70" s="11">
+      <c r="C70" s="13">
+        <v>20</v>
+      </c>
+      <c r="D70" s="14">
         <v>40</v>
       </c>
     </row>
-    <row r="71" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="5" t="s">
         <v>142</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="C71" s="8"/>
-[...4 lines deleted...]
-    <row r="72" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C71" s="13">
+        <v>20</v>
+      </c>
+      <c r="D71" s="14"/>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="5" t="s">
         <v>144</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="C72" s="8"/>
-      <c r="D72" s="11">
+      <c r="C72" s="13">
+        <v>20</v>
+      </c>
+      <c r="D72" s="14">
         <v>33</v>
       </c>
     </row>
-    <row r="73" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="5" t="s">
         <v>146</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="C73" s="8"/>
-[...2 lines deleted...]
-    <row r="74" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C73" s="13">
+        <v>20</v>
+      </c>
+      <c r="D73" s="14"/>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="5" t="s">
         <v>148</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="C74" s="8"/>
-[...2 lines deleted...]
-    <row r="75" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C74" s="13"/>
+      <c r="D74" s="14"/>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="5" t="s">
         <v>150</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="C75" s="8"/>
-[...2 lines deleted...]
-    <row r="76" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C75" s="13"/>
+      <c r="D75" s="14"/>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="5" t="s">
         <v>152</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="C76" s="8"/>
-[...4 lines deleted...]
-    <row r="77" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C76" s="13"/>
+      <c r="D76" s="14"/>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="5" t="s">
         <v>154</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="C77" s="17">
+      <c r="C77" s="15">
         <v>20</v>
       </c>
       <c r="D77" s="16">
         <v>30</v>
       </c>
     </row>
-    <row r="78" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="5" t="s">
         <v>156</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="C78" s="15">
+      <c r="C78" s="17">
         <v>20</v>
       </c>
       <c r="D78" s="16">
         <v>24</v>
       </c>
     </row>
-    <row r="79" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="5" t="s">
         <v>158</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="C79" s="8"/>
-[...5 lines deleted...]
-      <c r="A80" s="14" t="s">
+      <c r="C79" s="13">
+        <v>20</v>
+      </c>
+      <c r="D79" s="14"/>
+      <c r="G79" s="9"/>
+      <c r="H79" s="9"/>
+      <c r="I79" s="9"/>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A80" s="10" t="s">
         <v>162</v>
       </c>
-      <c r="B80" s="14" t="s">
+      <c r="B80" s="10" t="s">
         <v>161</v>
       </c>
-      <c r="C80" s="15">
-[...5 lines deleted...]
-      <c r="A81" s="14" t="s">
+      <c r="C80" s="17">
+        <v>20</v>
+      </c>
+      <c r="D80" s="17"/>
+      <c r="G80" s="9"/>
+      <c r="H80" s="9"/>
+      <c r="I80" s="9"/>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A81" s="10" t="s">
         <v>164</v>
       </c>
-      <c r="B81" s="14" t="s">
+      <c r="B81" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="C81" s="17">
+      <c r="C81" s="15">
         <v>20</v>
       </c>
       <c r="D81" s="16">
         <v>28</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A82" s="14" t="s">
+      <c r="G81" s="9"/>
+      <c r="H81" s="9"/>
+      <c r="I81" s="9"/>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" s="10" t="s">
         <v>166</v>
       </c>
-      <c r="B82" s="14" t="s">
+      <c r="B82" s="10" t="s">
         <v>165</v>
       </c>
-      <c r="C82" s="15">
+      <c r="C82" s="17">
         <v>20</v>
       </c>
       <c r="D82" s="16">
         <v>23</v>
       </c>
     </row>
-    <row r="83" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A83" s="14" t="s">
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" s="10" t="s">
         <v>168</v>
       </c>
-      <c r="B83" s="14" t="s">
+      <c r="B83" s="10" t="s">
         <v>167</v>
       </c>
-      <c r="C83" s="17">
+      <c r="C83" s="15">
         <v>20</v>
       </c>
       <c r="D83" s="16"/>
     </row>
-    <row r="84" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A84" s="14" t="s">
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" s="10" t="s">
         <v>170</v>
       </c>
-      <c r="B84" s="14" t="s">
+      <c r="B84" s="10" t="s">
         <v>169</v>
       </c>
-      <c r="C84" s="15">
-[...5 lines deleted...]
-      <c r="A85" s="14" t="s">
+      <c r="C84" s="17">
+        <v>20</v>
+      </c>
+      <c r="D84" s="15"/>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="10" t="s">
         <v>172</v>
       </c>
-      <c r="B85" s="14" t="s">
+      <c r="B85" s="10" t="s">
         <v>171</v>
       </c>
-      <c r="C85" s="15">
-[...5 lines deleted...]
-      <c r="A86" s="12" t="s">
+      <c r="C85" s="17">
+        <v>20</v>
+      </c>
+      <c r="D85" s="17"/>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" s="8" t="s">
         <v>160</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>16.12.2025.</vt:lpstr>
+      <vt:lpstr>29.12.2025.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SK</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>