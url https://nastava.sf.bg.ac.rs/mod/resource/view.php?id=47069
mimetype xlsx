--- v0 (2025-12-29)
+++ v1 (2026-03-05)
@@ -1,75 +1,184 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="26626"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\User\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6D5B366-1246-438E-A72A-78F5CB9B4E6B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E72A2E6-5D77-4A29-B044-3A2F5C237582}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="9210" yWindow="735" windowWidth="18720" windowHeight="13230" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="OAS (2025_11_21)" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'OAS (2025_11_21)'!$A$1:$C$116</definedName>
   </definedNames>
-  <calcPr calcId="152511"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="H117" i="1" l="1"/>
+  <c r="H114" i="1"/>
+  <c r="H90" i="1"/>
+  <c r="H91" i="1"/>
+  <c r="H44" i="1"/>
+  <c r="H38" i="1"/>
+  <c r="H28" i="1"/>
+  <c r="H25" i="1"/>
+  <c r="H11" i="1"/>
+  <c r="H80" i="1"/>
+  <c r="H20" i="1"/>
+  <c r="H85" i="1" l="1"/>
+  <c r="H118" i="1"/>
+  <c r="H116" i="1"/>
+  <c r="H110" i="1"/>
+  <c r="H111" i="1"/>
+  <c r="H112" i="1"/>
+  <c r="H113" i="1"/>
+  <c r="H108" i="1"/>
+  <c r="H93" i="1"/>
+  <c r="H94" i="1"/>
+  <c r="H95" i="1"/>
+  <c r="H96" i="1"/>
+  <c r="H97" i="1"/>
+  <c r="H98" i="1"/>
+  <c r="H99" i="1"/>
+  <c r="H100" i="1"/>
+  <c r="H101" i="1"/>
+  <c r="H102" i="1"/>
+  <c r="H103" i="1"/>
+  <c r="H104" i="1"/>
+  <c r="H105" i="1"/>
+  <c r="H106" i="1"/>
+  <c r="H86" i="1"/>
+  <c r="H87" i="1"/>
+  <c r="H84" i="1"/>
+  <c r="H83" i="1"/>
+  <c r="H81" i="1"/>
+  <c r="H74" i="1"/>
+  <c r="H75" i="1"/>
+  <c r="H76" i="1"/>
+  <c r="H77" i="1"/>
+  <c r="H78" i="1"/>
+  <c r="H79" i="1"/>
+  <c r="H65" i="1"/>
+  <c r="H66" i="1"/>
+  <c r="H67" i="1"/>
+  <c r="H68" i="1"/>
+  <c r="H69" i="1"/>
+  <c r="H70" i="1"/>
+  <c r="H71" i="1"/>
+  <c r="H72" i="1"/>
+  <c r="H60" i="1"/>
+  <c r="H61" i="1"/>
+  <c r="H62" i="1"/>
+  <c r="H63" i="1"/>
+  <c r="H58" i="1"/>
+  <c r="H53" i="1"/>
+  <c r="H54" i="1"/>
+  <c r="H55" i="1"/>
+  <c r="H45" i="1"/>
+  <c r="H46" i="1"/>
+  <c r="H47" i="1"/>
+  <c r="H48" i="1"/>
+  <c r="H49" i="1"/>
+  <c r="H50" i="1"/>
+  <c r="H51" i="1"/>
+  <c r="H39" i="1"/>
+  <c r="H40" i="1"/>
+  <c r="H41" i="1"/>
+  <c r="H42" i="1"/>
+  <c r="H43" i="1"/>
+  <c r="H32" i="1"/>
+  <c r="H33" i="1"/>
+  <c r="H34" i="1"/>
+  <c r="H35" i="1"/>
+  <c r="H36" i="1"/>
+  <c r="H30" i="1"/>
+  <c r="H26" i="1"/>
+  <c r="H24" i="1"/>
+  <c r="H18" i="1"/>
+  <c r="H19" i="1"/>
+  <c r="H14" i="1"/>
+  <c r="H15" i="1"/>
+  <c r="H16" i="1"/>
+  <c r="H12" i="1"/>
+  <c r="H5" i="1"/>
+  <c r="H6" i="1"/>
+  <c r="H7" i="1"/>
+  <c r="H8" i="1"/>
+  <c r="H9" i="1"/>
+  <c r="H10" i="1"/>
+  <c r="H2" i="1"/>
+  <c r="H3" i="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="360" uniqueCount="359">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="361" uniqueCount="360">
   <si>
     <t>Петровић Никола</t>
   </si>
   <si>
     <t>Ђорђевић Урош</t>
   </si>
   <si>
     <t>ПГ250003</t>
   </si>
   <si>
     <t>Плешинац Владан</t>
   </si>
   <si>
     <t>1-250003@student.sf.bg.ac.rs</t>
   </si>
   <si>
     <t>ПГ250005</t>
   </si>
   <si>
     <t>Каљуш Јелена</t>
   </si>
   <si>
     <t>1-250005@student.sf.bg.ac.rs</t>
   </si>
   <si>
@@ -1102,50 +1211,53 @@
     <t>Активност</t>
   </si>
   <si>
     <t>Укупно</t>
   </si>
   <si>
     <t>Оцена</t>
   </si>
   <si>
     <t>ПГ250185</t>
   </si>
   <si>
     <t>Пивић Реља</t>
   </si>
   <si>
     <t>???</t>
   </si>
   <si>
     <t>Јован Старчевић</t>
   </si>
   <si>
     <t>ПГ250269</t>
   </si>
   <si>
     <t>Ана Филиповић</t>
+  </si>
+  <si>
+    <t>Маринковић Никола</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
@@ -1183,132 +1295,132 @@
   <dxfs count="1">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1453,1696 +1565,3199 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I119"/>
+  <dimension ref="A1:I120"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D92" sqref="D92"/>
+      <pane ySplit="1" topLeftCell="A62" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="I112" sqref="I112"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="40.85546875" customWidth="1"/>
-    <col min="3" max="3" width="36.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="29.85546875" customWidth="1"/>
     <col min="4" max="4" width="13.85546875" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" customWidth="1"/>
     <col min="6" max="6" width="11.7109375" customWidth="1"/>
     <col min="7" max="7" width="11.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>344</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>345</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>346</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>347</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>348</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>350</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>351</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>320</v>
       </c>
       <c r="B2" t="s">
         <v>321</v>
       </c>
       <c r="C2" t="s">
         <v>322</v>
       </c>
       <c r="D2">
         <v>27</v>
       </c>
+      <c r="E2">
+        <v>25.75</v>
+      </c>
+      <c r="F2">
+        <v>8.5</v>
+      </c>
+      <c r="G2">
+        <v>4</v>
+      </c>
+      <c r="H2">
+        <f>SUM(D2:G2)</f>
+        <v>65.25</v>
+      </c>
+      <c r="I2">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>237</v>
       </c>
       <c r="B3" t="s">
         <v>238</v>
       </c>
       <c r="C3" t="s">
         <v>239</v>
       </c>
       <c r="D3">
-        <v>24.5</v>
+        <v>33.5</v>
+      </c>
+      <c r="E3">
+        <v>27.25</v>
+      </c>
+      <c r="F3">
+        <v>10</v>
+      </c>
+      <c r="G3">
+        <v>1</v>
+      </c>
+      <c r="H3">
+        <f>SUM(D3:G3)</f>
+        <v>71.75</v>
+      </c>
+      <c r="I3">
+        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>219</v>
       </c>
       <c r="B4" t="s">
         <v>220</v>
       </c>
       <c r="C4" t="s">
         <v>221</v>
       </c>
+      <c r="D4">
+        <v>18</v>
+      </c>
+      <c r="E4">
+        <v>25.5</v>
+      </c>
+      <c r="G4">
+        <v>6</v>
+      </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>156</v>
       </c>
       <c r="B5" t="s">
         <v>157</v>
       </c>
       <c r="C5" t="s">
         <v>158</v>
       </c>
       <c r="D5">
         <v>39.5</v>
       </c>
+      <c r="E5">
+        <v>36</v>
+      </c>
+      <c r="F5">
+        <v>9.5</v>
+      </c>
+      <c r="G5">
+        <v>8</v>
+      </c>
+      <c r="H5">
+        <f t="shared" ref="H5:H10" si="0">SUM(D5:G5)</f>
+        <v>93</v>
+      </c>
+      <c r="I5">
+        <v>10</v>
+      </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>34.5</v>
       </c>
+      <c r="E6">
+        <v>31.5</v>
+      </c>
+      <c r="F6">
+        <v>9</v>
+      </c>
+      <c r="G6">
+        <v>6</v>
+      </c>
+      <c r="H6">
+        <f t="shared" si="0"/>
+        <v>81</v>
+      </c>
+      <c r="I6">
+        <v>9</v>
+      </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>136</v>
       </c>
       <c r="B7" t="s">
         <v>137</v>
       </c>
       <c r="C7" t="s">
         <v>138</v>
       </c>
       <c r="D7">
         <v>36.5</v>
       </c>
+      <c r="E7">
+        <v>37</v>
+      </c>
+      <c r="F7">
+        <v>10</v>
+      </c>
+      <c r="G7">
+        <v>3</v>
+      </c>
+      <c r="H7">
+        <f t="shared" si="0"/>
+        <v>86.5</v>
+      </c>
+      <c r="I7">
+        <v>9</v>
+      </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>103</v>
       </c>
       <c r="B8" t="s">
         <v>104</v>
       </c>
       <c r="C8" t="s">
         <v>105</v>
       </c>
       <c r="D8">
         <v>33</v>
       </c>
+      <c r="E8">
+        <v>26.75</v>
+      </c>
+      <c r="F8">
+        <v>10</v>
+      </c>
+      <c r="G8">
+        <v>5</v>
+      </c>
+      <c r="H8">
+        <f t="shared" si="0"/>
+        <v>74.75</v>
+      </c>
+      <c r="I8">
+        <v>8</v>
+      </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>147</v>
       </c>
       <c r="B9" t="s">
         <v>148</v>
       </c>
       <c r="C9" t="s">
         <v>149</v>
       </c>
       <c r="D9">
         <v>37.5</v>
       </c>
+      <c r="E9">
+        <v>27</v>
+      </c>
+      <c r="F9">
+        <v>10</v>
+      </c>
+      <c r="G9">
+        <v>6.5</v>
+      </c>
+      <c r="H9">
+        <f t="shared" si="0"/>
+        <v>81</v>
+      </c>
+      <c r="I9">
+        <v>9</v>
+      </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>112</v>
       </c>
       <c r="B10" t="s">
         <v>113</v>
       </c>
       <c r="C10" t="s">
         <v>114</v>
       </c>
       <c r="D10">
         <v>23</v>
       </c>
+      <c r="E10">
+        <v>31.75</v>
+      </c>
+      <c r="G10">
+        <v>1</v>
+      </c>
+      <c r="H10">
+        <f t="shared" si="0"/>
+        <v>55.75</v>
+      </c>
+      <c r="I10">
+        <v>6</v>
+      </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>302</v>
       </c>
       <c r="B11" t="s">
         <v>303</v>
       </c>
       <c r="C11" t="s">
         <v>304</v>
       </c>
       <c r="D11">
-        <v>17</v>
+        <v>21</v>
+      </c>
+      <c r="E11">
+        <v>24.5</v>
+      </c>
+      <c r="G11">
+        <v>4</v>
+      </c>
+      <c r="H11">
+        <f>SUM(D11:G11)</f>
+        <v>49.5</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>47</v>
       </c>
       <c r="B12" t="s">
         <v>48</v>
       </c>
       <c r="C12" t="s">
         <v>49</v>
       </c>
       <c r="D12">
-        <v>33.5</v>
+        <v>38.5</v>
+      </c>
+      <c r="E12">
+        <v>38.25</v>
+      </c>
+      <c r="F12">
+        <v>9.25</v>
+      </c>
+      <c r="G12">
+        <v>5</v>
+      </c>
+      <c r="H12">
+        <f>SUM(D12:G12)</f>
+        <v>91</v>
+      </c>
+      <c r="I12">
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>258</v>
       </c>
       <c r="B13" t="s">
         <v>259</v>
       </c>
       <c r="C13" t="s">
         <v>260</v>
       </c>
+      <c r="G13">
+        <v>1</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>243</v>
       </c>
       <c r="B14" t="s">
         <v>244</v>
       </c>
       <c r="C14" t="s">
         <v>245</v>
       </c>
       <c r="D14">
         <v>37.5</v>
       </c>
+      <c r="E14">
+        <v>39.25</v>
+      </c>
+      <c r="F14">
+        <v>10</v>
+      </c>
+      <c r="G14">
+        <v>5</v>
+      </c>
+      <c r="H14">
+        <f>SUM(D14:G14)</f>
+        <v>91.75</v>
+      </c>
+      <c r="I14">
+        <v>10</v>
+      </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>180</v>
       </c>
       <c r="B15" t="s">
         <v>181</v>
       </c>
       <c r="C15" t="s">
         <v>182</v>
       </c>
       <c r="D15">
         <v>37</v>
       </c>
+      <c r="E15">
+        <v>34</v>
+      </c>
+      <c r="F15">
+        <v>10</v>
+      </c>
+      <c r="G15">
+        <v>10</v>
+      </c>
+      <c r="H15">
+        <f>SUM(D15:G15)</f>
+        <v>91</v>
+      </c>
+      <c r="I15">
+        <v>10</v>
+      </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>100</v>
       </c>
       <c r="B16" t="s">
         <v>101</v>
       </c>
       <c r="C16" t="s">
         <v>102</v>
       </c>
-    </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="D16">
+        <v>33</v>
+      </c>
+      <c r="E16">
+        <v>24.25</v>
+      </c>
+      <c r="F16">
+        <v>6</v>
+      </c>
+      <c r="G16">
+        <v>1</v>
+      </c>
+      <c r="H16">
+        <f>SUM(D16:G16)</f>
+        <v>64.25</v>
+      </c>
+      <c r="I16">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>174</v>
       </c>
       <c r="B17" t="s">
         <v>175</v>
       </c>
       <c r="C17" t="s">
         <v>176</v>
       </c>
       <c r="D17">
         <v>33.5</v>
       </c>
-    </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E17">
+        <v>19.5</v>
+      </c>
+      <c r="G17">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
         <v>12</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18">
         <v>38</v>
       </c>
-    </row>
-    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E18">
+        <v>38</v>
+      </c>
+      <c r="F18">
+        <v>10</v>
+      </c>
+      <c r="G18">
+        <v>7</v>
+      </c>
+      <c r="H18">
+        <f>SUM(D18:G18)</f>
+        <v>93</v>
+      </c>
+      <c r="I18">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>26</v>
       </c>
       <c r="B19" t="s">
         <v>27</v>
       </c>
       <c r="C19" t="s">
         <v>28</v>
       </c>
       <c r="D19">
         <v>37.5</v>
       </c>
-    </row>
-    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E19">
+        <v>32.5</v>
+      </c>
+      <c r="F19">
+        <v>9</v>
+      </c>
+      <c r="G19">
+        <v>3</v>
+      </c>
+      <c r="H19">
+        <f>SUM(D19:G19)</f>
+        <v>82</v>
+      </c>
+      <c r="I19">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>189</v>
       </c>
       <c r="B20" t="s">
         <v>190</v>
       </c>
       <c r="C20" t="s">
         <v>191</v>
       </c>
       <c r="D20">
         <v>28.5</v>
       </c>
-    </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E20">
+        <v>25.25</v>
+      </c>
+      <c r="G20">
+        <v>5</v>
+      </c>
+      <c r="H20">
+        <f>SUM(D20:G20)</f>
+        <v>58.75</v>
+      </c>
+      <c r="I20">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>329</v>
       </c>
       <c r="B21" t="s">
         <v>330</v>
       </c>
       <c r="C21" t="s">
         <v>331</v>
       </c>
-    </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="D21">
+        <v>21</v>
+      </c>
+      <c r="E21">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>255</v>
       </c>
       <c r="B22" t="s">
         <v>256</v>
       </c>
       <c r="C22" t="s">
         <v>257</v>
       </c>
       <c r="D22">
         <v>0</v>
       </c>
-    </row>
-    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="G22">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>338</v>
       </c>
       <c r="B23" t="s">
         <v>339</v>
       </c>
       <c r="C23" t="s">
         <v>340</v>
       </c>
       <c r="D23">
         <v>17</v>
       </c>
       <c r="E23">
         <v>25</v>
       </c>
     </row>
-    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>198</v>
       </c>
       <c r="B24" t="s">
         <v>199</v>
       </c>
       <c r="C24" t="s">
         <v>200</v>
       </c>
       <c r="D24">
         <v>39.5</v>
       </c>
-    </row>
-    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E24">
+        <v>38.25</v>
+      </c>
+      <c r="F24">
+        <v>10</v>
+      </c>
+      <c r="G24">
+        <v>10</v>
+      </c>
+      <c r="H24">
+        <f>SUM(D24:G24)</f>
+        <v>97.75</v>
+      </c>
+      <c r="I24">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>121</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
       <c r="C25" t="s">
         <v>123</v>
       </c>
       <c r="D25">
         <v>33.5</v>
       </c>
-    </row>
-    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E25">
+        <v>26</v>
+      </c>
+      <c r="G25">
+        <v>2</v>
+      </c>
+      <c r="H25">
+        <f>SUM(D25:G25)</f>
+        <v>61.5</v>
+      </c>
+      <c r="I25">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>1</v>
       </c>
       <c r="C26" t="s">
         <v>57</v>
       </c>
       <c r="D26">
         <v>31.5</v>
       </c>
-    </row>
-    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E26">
+        <v>26</v>
+      </c>
+      <c r="F26">
+        <v>9.5</v>
+      </c>
+      <c r="G26">
+        <v>4</v>
+      </c>
+      <c r="H26">
+        <f>SUM(D26:G26)</f>
+        <v>71</v>
+      </c>
+      <c r="I26">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>264</v>
       </c>
       <c r="B27" t="s">
         <v>265</v>
       </c>
       <c r="C27" t="s">
         <v>266</v>
       </c>
-    </row>
-    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="D27">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>308</v>
       </c>
       <c r="B28" t="s">
         <v>309</v>
       </c>
       <c r="C28" t="s">
         <v>310</v>
       </c>
       <c r="D28">
         <v>30</v>
       </c>
-    </row>
-    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E28">
+        <v>29.5</v>
+      </c>
+      <c r="H28">
+        <f>SUM(D28:G28)</f>
+        <v>59.5</v>
+      </c>
+      <c r="I28">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>267</v>
       </c>
       <c r="B29" t="s">
         <v>268</v>
       </c>
       <c r="C29" t="s">
         <v>269</v>
       </c>
-    </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="G29">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>201</v>
       </c>
       <c r="B30" t="s">
         <v>202</v>
       </c>
       <c r="C30" t="s">
         <v>203</v>
       </c>
       <c r="D30">
         <v>21.5</v>
       </c>
-    </row>
-    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E30">
+        <v>21.75</v>
+      </c>
+      <c r="F30">
+        <v>7</v>
+      </c>
+      <c r="G30">
+        <v>5</v>
+      </c>
+      <c r="H30">
+        <f>SUM(D30:G30)</f>
+        <v>55.25</v>
+      </c>
+      <c r="I30">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>142</v>
       </c>
       <c r="B31" t="s">
         <v>143</v>
       </c>
       <c r="C31" t="s">
         <v>144</v>
       </c>
-    </row>
-    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="G31">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>109</v>
       </c>
       <c r="B32" t="s">
         <v>110</v>
       </c>
       <c r="C32" t="s">
         <v>111</v>
       </c>
       <c r="D32">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+        <v>34.5</v>
+      </c>
+      <c r="E32">
+        <v>26.75</v>
+      </c>
+      <c r="F32">
+        <v>9</v>
+      </c>
+      <c r="G32">
+        <v>1</v>
+      </c>
+      <c r="H32">
+        <f>SUM(D32:G32)</f>
+        <v>71.25</v>
+      </c>
+      <c r="I32">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>293</v>
       </c>
       <c r="B33" t="s">
         <v>294</v>
       </c>
       <c r="C33" t="s">
         <v>295</v>
       </c>
       <c r="D33">
         <v>36</v>
       </c>
-    </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E33">
+        <v>32.75</v>
+      </c>
+      <c r="F33">
+        <v>9.25</v>
+      </c>
+      <c r="G33">
+        <v>3</v>
+      </c>
+      <c r="H33">
+        <f>SUM(D33:G33)</f>
+        <v>81</v>
+      </c>
+      <c r="I33">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>35</v>
       </c>
       <c r="B34" t="s">
         <v>36</v>
       </c>
       <c r="C34" t="s">
         <v>37</v>
       </c>
-    </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D34">
+        <v>34.5</v>
+      </c>
+      <c r="E34">
+        <v>29.25</v>
+      </c>
+      <c r="F34">
+        <v>9</v>
+      </c>
+      <c r="G34">
+        <v>8.25</v>
+      </c>
+      <c r="H34">
+        <f>SUM(D34:G34)</f>
+        <v>81</v>
+      </c>
+      <c r="I34">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>183</v>
       </c>
       <c r="B35" t="s">
         <v>184</v>
       </c>
       <c r="C35" t="s">
         <v>185</v>
       </c>
       <c r="D35">
         <v>40</v>
       </c>
-    </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E35">
+        <v>39</v>
+      </c>
+      <c r="F35">
+        <v>9</v>
+      </c>
+      <c r="G35">
+        <v>5</v>
+      </c>
+      <c r="H35">
+        <f>SUM(D35:G35)</f>
+        <v>93</v>
+      </c>
+      <c r="I35">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>317</v>
       </c>
       <c r="B36" t="s">
         <v>318</v>
       </c>
       <c r="C36" t="s">
         <v>319</v>
       </c>
       <c r="D36">
         <v>21</v>
       </c>
-    </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E36">
+        <v>24.25</v>
+      </c>
+      <c r="F36">
+        <v>8</v>
+      </c>
+      <c r="G36">
+        <v>3</v>
+      </c>
+      <c r="H36">
+        <f>SUM(D36:G36)</f>
+        <v>56.25</v>
+      </c>
+      <c r="I36">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>73</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" t="s">
         <v>75</v>
       </c>
-    </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="G37">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>296</v>
       </c>
       <c r="B38" t="s">
         <v>297</v>
       </c>
       <c r="C38" t="s">
         <v>298</v>
       </c>
       <c r="D38">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+      <c r="E38">
+        <v>23.5</v>
+      </c>
+      <c r="F38">
+        <v>8</v>
+      </c>
+      <c r="G38">
+        <v>5</v>
+      </c>
+      <c r="H38">
+        <f>SUM(D38:G38)</f>
+        <v>58.5</v>
+      </c>
+      <c r="I38">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>91</v>
       </c>
       <c r="B39" t="s">
         <v>92</v>
       </c>
       <c r="C39" t="s">
         <v>93</v>
       </c>
       <c r="D39">
         <v>34</v>
       </c>
-    </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E39">
+        <v>30.75</v>
+      </c>
+      <c r="F39">
+        <v>9</v>
+      </c>
+      <c r="G39">
+        <v>4</v>
+      </c>
+      <c r="H39">
+        <f>SUM(D39:G39)</f>
+        <v>77.75</v>
+      </c>
+      <c r="I39">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>290</v>
       </c>
       <c r="B40" t="s">
         <v>291</v>
       </c>
       <c r="C40" t="s">
         <v>292</v>
       </c>
       <c r="D40">
         <v>40</v>
       </c>
-    </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E40">
+        <v>34.25</v>
+      </c>
+      <c r="H40">
+        <f>SUM(D40:G40)</f>
+        <v>74.25</v>
+      </c>
+      <c r="I40">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>118</v>
       </c>
       <c r="B41" t="s">
         <v>119</v>
       </c>
       <c r="C41" t="s">
         <v>120</v>
       </c>
       <c r="D41">
         <v>37</v>
       </c>
-    </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E41">
+        <v>26.25</v>
+      </c>
+      <c r="F41">
+        <v>10</v>
+      </c>
+      <c r="G41">
+        <v>2</v>
+      </c>
+      <c r="H41">
+        <f>SUM(D41:G41)</f>
+        <v>75.25</v>
+      </c>
+      <c r="I41">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>64</v>
       </c>
       <c r="B42" t="s">
         <v>65</v>
       </c>
       <c r="C42" t="s">
         <v>66</v>
       </c>
       <c r="D42">
         <v>28.5</v>
       </c>
-    </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E42">
+        <v>29</v>
+      </c>
+      <c r="F42">
+        <v>8.5</v>
+      </c>
+      <c r="G42">
+        <v>5</v>
+      </c>
+      <c r="H42">
+        <f>SUM(D42:G42)</f>
+        <v>71</v>
+      </c>
+      <c r="I42">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>5</v>
       </c>
       <c r="B43" t="s">
         <v>6</v>
       </c>
       <c r="C43" t="s">
         <v>7</v>
       </c>
       <c r="D43">
         <v>39</v>
       </c>
-    </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E43">
+        <v>38</v>
+      </c>
+      <c r="F43">
+        <v>10</v>
+      </c>
+      <c r="G43">
+        <v>8</v>
+      </c>
+      <c r="H43">
+        <f>SUM(D43:G43)</f>
+        <v>95</v>
+      </c>
+      <c r="I43">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>326</v>
       </c>
       <c r="B44" t="s">
         <v>327</v>
       </c>
       <c r="C44" t="s">
         <v>328</v>
       </c>
       <c r="D44">
         <v>30</v>
       </c>
-    </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E44">
+        <v>24.25</v>
+      </c>
+      <c r="G44">
+        <v>8</v>
+      </c>
+      <c r="H44">
+        <f>SUM(D44:G44)</f>
+        <v>62.25</v>
+      </c>
+      <c r="I44">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>61</v>
       </c>
       <c r="B45" t="s">
         <v>62</v>
       </c>
       <c r="C45" t="s">
         <v>63</v>
       </c>
-    </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D45">
+        <v>34.5</v>
+      </c>
+      <c r="E45">
+        <v>25.25</v>
+      </c>
+      <c r="F45">
+        <v>10</v>
+      </c>
+      <c r="G45">
+        <v>6</v>
+      </c>
+      <c r="H45">
+        <f t="shared" ref="H45:H51" si="1">SUM(D45:G45)</f>
+        <v>75.75</v>
+      </c>
+      <c r="I45">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>115</v>
       </c>
       <c r="B46" t="s">
         <v>116</v>
       </c>
       <c r="C46" t="s">
         <v>117</v>
       </c>
       <c r="D46">
         <v>33</v>
       </c>
-    </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E46">
+        <v>30.5</v>
+      </c>
+      <c r="F46">
+        <v>9</v>
+      </c>
+      <c r="G46">
+        <v>9</v>
+      </c>
+      <c r="H46">
+        <f t="shared" si="1"/>
+        <v>81.5</v>
+      </c>
+      <c r="I46">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>38</v>
       </c>
       <c r="B47" t="s">
         <v>39</v>
       </c>
       <c r="C47" t="s">
         <v>40</v>
       </c>
       <c r="D47">
         <v>33</v>
       </c>
-    </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E47">
+        <v>35</v>
+      </c>
+      <c r="F47">
+        <v>9.5</v>
+      </c>
+      <c r="G47">
+        <v>7</v>
+      </c>
+      <c r="H47">
+        <f t="shared" si="1"/>
+        <v>84.5</v>
+      </c>
+      <c r="I47">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>50</v>
       </c>
       <c r="B48" t="s">
         <v>51</v>
       </c>
       <c r="C48" t="s">
         <v>52</v>
       </c>
       <c r="D48">
         <v>39</v>
       </c>
-    </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E48">
+        <v>37.25</v>
+      </c>
+      <c r="F48">
+        <v>9</v>
+      </c>
+      <c r="G48">
+        <v>6</v>
+      </c>
+      <c r="H48">
+        <f t="shared" si="1"/>
+        <v>91.25</v>
+      </c>
+      <c r="I48">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
         <v>249</v>
       </c>
       <c r="B49" t="s">
         <v>250</v>
       </c>
       <c r="C49" t="s">
         <v>251</v>
       </c>
       <c r="D49">
         <v>40</v>
       </c>
-    </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E49">
+        <v>35.5</v>
+      </c>
+      <c r="F49">
+        <v>10</v>
+      </c>
+      <c r="G49">
+        <v>4</v>
+      </c>
+      <c r="H49">
+        <f t="shared" si="1"/>
+        <v>89.5</v>
+      </c>
+      <c r="I49">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>252</v>
       </c>
       <c r="B50" t="s">
         <v>253</v>
       </c>
       <c r="C50" t="s">
         <v>254</v>
       </c>
       <c r="D50">
         <v>34.5</v>
       </c>
-    </row>
-    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E50">
+        <v>36.5</v>
+      </c>
+      <c r="H50">
+        <f t="shared" si="1"/>
+        <v>71</v>
+      </c>
+      <c r="I50">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>58</v>
       </c>
       <c r="B51" t="s">
         <v>59</v>
       </c>
       <c r="C51" t="s">
         <v>60</v>
       </c>
       <c r="D51">
         <v>35.5</v>
       </c>
-    </row>
-    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E51">
+        <v>31.5</v>
+      </c>
+      <c r="F51">
+        <v>10</v>
+      </c>
+      <c r="G51">
+        <v>4</v>
+      </c>
+      <c r="H51">
+        <f t="shared" si="1"/>
+        <v>81</v>
+      </c>
+      <c r="I51">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
         <v>23</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>25</v>
       </c>
-    </row>
-    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="G52">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>53</v>
       </c>
       <c r="B53" t="s">
         <v>54</v>
       </c>
       <c r="C53" t="s">
         <v>55</v>
       </c>
       <c r="D53">
         <v>28</v>
       </c>
-    </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E53">
+        <v>25</v>
+      </c>
+      <c r="G53">
+        <v>1</v>
+      </c>
+      <c r="H53">
+        <f>SUM(D53:G53)</f>
+        <v>54</v>
+      </c>
+      <c r="I53">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>287</v>
       </c>
       <c r="B54" t="s">
         <v>288</v>
       </c>
       <c r="C54" t="s">
         <v>289</v>
       </c>
       <c r="D54">
         <v>38.5</v>
       </c>
-    </row>
-    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E54">
+        <v>24</v>
+      </c>
+      <c r="F54">
+        <v>7</v>
+      </c>
+      <c r="G54">
+        <v>1.5</v>
+      </c>
+      <c r="H54">
+        <f>SUM(D54:G54)</f>
+        <v>71</v>
+      </c>
+      <c r="I54">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>195</v>
       </c>
       <c r="B55" t="s">
         <v>196</v>
       </c>
       <c r="C55" t="s">
         <v>197</v>
       </c>
       <c r="D55">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+        <v>28.5</v>
+      </c>
+      <c r="E55">
+        <v>21</v>
+      </c>
+      <c r="F55">
+        <v>10</v>
+      </c>
+      <c r="G55">
+        <v>1.5</v>
+      </c>
+      <c r="H55">
+        <f>SUM(D55:G55)</f>
+        <v>61</v>
+      </c>
+      <c r="I55">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>192</v>
       </c>
       <c r="B56" t="s">
         <v>193</v>
       </c>
       <c r="C56" t="s">
         <v>194</v>
       </c>
       <c r="D56">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+        <v>11.5</v>
+      </c>
+      <c r="E56">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
         <v>323</v>
       </c>
       <c r="B57" t="s">
         <v>324</v>
       </c>
       <c r="C57" t="s">
         <v>325</v>
       </c>
       <c r="D57">
-        <v>10.5</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+      <c r="E57">
+        <v>18.75</v>
+      </c>
+      <c r="G57">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
         <v>213</v>
       </c>
       <c r="B58" t="s">
         <v>214</v>
       </c>
       <c r="C58" t="s">
         <v>215</v>
       </c>
       <c r="D58">
         <v>32</v>
       </c>
-    </row>
-    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E58">
+        <v>30.5</v>
+      </c>
+      <c r="F58">
+        <v>10</v>
+      </c>
+      <c r="G58">
+        <v>8.5</v>
+      </c>
+      <c r="H58">
+        <f>SUM(D58:G58)</f>
+        <v>81</v>
+      </c>
+      <c r="I58">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
         <v>225</v>
       </c>
       <c r="B59" t="s">
         <v>226</v>
       </c>
       <c r="C59" t="s">
         <v>227</v>
       </c>
-    </row>
-    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D59">
+        <v>21</v>
+      </c>
+      <c r="E59">
+        <v>17</v>
+      </c>
+      <c r="G59">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>207</v>
       </c>
       <c r="B60" t="s">
         <v>208</v>
       </c>
       <c r="C60" t="s">
         <v>209</v>
       </c>
       <c r="D60">
         <v>23</v>
       </c>
-    </row>
-    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E60">
+        <v>32</v>
+      </c>
+      <c r="F60">
+        <v>9.5</v>
+      </c>
+      <c r="G60">
+        <v>7</v>
+      </c>
+      <c r="H60">
+        <f>SUM(D60:G60)</f>
+        <v>71.5</v>
+      </c>
+      <c r="I60">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
         <v>204</v>
       </c>
       <c r="B61" t="s">
         <v>205</v>
       </c>
       <c r="C61" t="s">
         <v>206</v>
       </c>
       <c r="D61">
         <v>23</v>
       </c>
-    </row>
-    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E61">
+        <v>28.75</v>
+      </c>
+      <c r="F61">
+        <v>6.5</v>
+      </c>
+      <c r="G61">
+        <v>5</v>
+      </c>
+      <c r="H61">
+        <f>SUM(D61:G61)</f>
+        <v>63.25</v>
+      </c>
+      <c r="I61">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
         <v>311</v>
       </c>
       <c r="B62" t="s">
         <v>312</v>
       </c>
       <c r="C62" t="s">
         <v>313</v>
       </c>
       <c r="D62">
         <v>21</v>
       </c>
-    </row>
-    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E62">
+        <v>27.25</v>
+      </c>
+      <c r="G62">
+        <v>3</v>
+      </c>
+      <c r="H62">
+        <f>SUM(D62:G62)</f>
+        <v>51.25</v>
+      </c>
+      <c r="I62">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>276</v>
       </c>
       <c r="B63" t="s">
         <v>277</v>
       </c>
       <c r="C63" t="s">
         <v>278</v>
       </c>
       <c r="D63">
         <v>30.5</v>
       </c>
-    </row>
-    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E63">
+        <v>23.75</v>
+      </c>
+      <c r="F63">
+        <v>8</v>
+      </c>
+      <c r="G63">
+        <v>4</v>
+      </c>
+      <c r="H63">
+        <f>SUM(D63:G63)</f>
+        <v>66.25</v>
+      </c>
+      <c r="I63">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>124</v>
       </c>
       <c r="B64" t="s">
         <v>125</v>
       </c>
       <c r="C64" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="65" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
         <v>41</v>
       </c>
       <c r="B65" t="s">
         <v>42</v>
       </c>
       <c r="C65" t="s">
         <v>43</v>
       </c>
       <c r="D65">
         <v>32.5</v>
       </c>
-    </row>
-    <row r="66" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E65">
+        <v>34.25</v>
+      </c>
+      <c r="F65">
+        <v>10</v>
+      </c>
+      <c r="G65">
+        <v>6</v>
+      </c>
+      <c r="H65">
+        <f t="shared" ref="H65:H72" si="2">SUM(D65:G65)</f>
+        <v>82.75</v>
+      </c>
+      <c r="I65">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
         <v>82</v>
       </c>
       <c r="B66" t="s">
         <v>83</v>
       </c>
       <c r="C66" t="s">
         <v>84</v>
       </c>
       <c r="D66">
         <v>35.5</v>
       </c>
-    </row>
-    <row r="67" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E66">
+        <v>32</v>
+      </c>
+      <c r="F66">
+        <v>10</v>
+      </c>
+      <c r="G66">
+        <v>2</v>
+      </c>
+      <c r="H66">
+        <f t="shared" si="2"/>
+        <v>79.5</v>
+      </c>
+      <c r="I66">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
         <v>32</v>
       </c>
       <c r="B67" t="s">
         <v>33</v>
       </c>
       <c r="C67" t="s">
         <v>34</v>
       </c>
       <c r="D67">
         <v>36.5</v>
       </c>
-    </row>
-    <row r="68" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E67">
+        <v>31.5</v>
+      </c>
+      <c r="F67">
+        <v>10</v>
+      </c>
+      <c r="G67">
+        <v>3</v>
+      </c>
+      <c r="H67">
+        <f t="shared" si="2"/>
+        <v>81</v>
+      </c>
+      <c r="I67">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
         <v>88</v>
       </c>
       <c r="B68" t="s">
         <v>89</v>
       </c>
       <c r="C68" t="s">
         <v>90</v>
       </c>
       <c r="D68">
         <v>25.5</v>
       </c>
-    </row>
-    <row r="69" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E68">
+        <v>29.25</v>
+      </c>
+      <c r="G68">
+        <v>2</v>
+      </c>
+      <c r="H68">
+        <f t="shared" si="2"/>
+        <v>56.75</v>
+      </c>
+      <c r="I68">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
         <v>261</v>
       </c>
       <c r="B69" t="s">
         <v>262</v>
       </c>
       <c r="C69" t="s">
         <v>263</v>
       </c>
       <c r="D69">
         <v>24</v>
       </c>
-    </row>
-    <row r="70" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E69">
+        <v>24.25</v>
+      </c>
+      <c r="H69">
+        <f t="shared" si="2"/>
+        <v>48.25</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
         <v>14</v>
       </c>
       <c r="B70" t="s">
         <v>15</v>
       </c>
       <c r="C70" t="s">
         <v>16</v>
       </c>
       <c r="D70">
         <v>38.5</v>
       </c>
-    </row>
-    <row r="71" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E70">
+        <v>35.5</v>
+      </c>
+      <c r="F70">
+        <v>9</v>
+      </c>
+      <c r="G70">
+        <v>9</v>
+      </c>
+      <c r="H70">
+        <f t="shared" si="2"/>
+        <v>92</v>
+      </c>
+      <c r="I70">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
         <v>186</v>
       </c>
       <c r="B71" t="s">
         <v>187</v>
       </c>
       <c r="C71" t="s">
         <v>188</v>
       </c>
       <c r="D71">
         <v>33.5</v>
       </c>
-    </row>
-    <row r="72" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E71">
+        <v>33.5</v>
+      </c>
+      <c r="F71">
+        <v>10</v>
+      </c>
+      <c r="G71">
+        <v>4</v>
+      </c>
+      <c r="H71">
+        <f t="shared" si="2"/>
+        <v>81</v>
+      </c>
+      <c r="I71">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
         <v>94</v>
       </c>
       <c r="B72" t="s">
         <v>95</v>
       </c>
       <c r="C72" t="s">
         <v>96</v>
       </c>
       <c r="D72">
         <v>31</v>
       </c>
-    </row>
-    <row r="73" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E72">
+        <v>23.5</v>
+      </c>
+      <c r="G72">
+        <v>2</v>
+      </c>
+      <c r="H72">
+        <f t="shared" si="2"/>
+        <v>56.5</v>
+      </c>
+      <c r="I72">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>246</v>
       </c>
       <c r="B73" t="s">
         <v>247</v>
       </c>
       <c r="C73" t="s">
         <v>248</v>
       </c>
       <c r="D73">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:4" x14ac:dyDescent="0.25">
+        <v>16.5</v>
+      </c>
+      <c r="E73">
+        <v>22.25</v>
+      </c>
+      <c r="F73">
+        <v>6.5</v>
+      </c>
+      <c r="G73">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>133</v>
       </c>
       <c r="B74" t="s">
         <v>134</v>
       </c>
       <c r="C74" t="s">
         <v>135</v>
       </c>
       <c r="D74">
         <v>32</v>
       </c>
-    </row>
-    <row r="75" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E74">
+        <v>24.75</v>
+      </c>
+      <c r="F74">
+        <v>10</v>
+      </c>
+      <c r="G74">
+        <v>4.25</v>
+      </c>
+      <c r="H74">
+        <f t="shared" ref="H74:H79" si="3">SUM(D74:G74)</f>
+        <v>71</v>
+      </c>
+      <c r="I74">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>222</v>
       </c>
       <c r="B75" t="s">
         <v>223</v>
       </c>
       <c r="C75" t="s">
         <v>224</v>
       </c>
       <c r="D75">
         <v>35</v>
       </c>
-    </row>
-    <row r="76" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E75">
+        <v>22.75</v>
+      </c>
+      <c r="F75">
+        <v>10</v>
+      </c>
+      <c r="G75">
+        <v>3.25</v>
+      </c>
+      <c r="H75">
+        <f t="shared" si="3"/>
+        <v>71</v>
+      </c>
+      <c r="I75">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>145</v>
       </c>
       <c r="B76" t="s">
         <v>0</v>
       </c>
       <c r="C76" t="s">
         <v>146</v>
       </c>
       <c r="D76">
         <v>32</v>
       </c>
-    </row>
-    <row r="77" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E76">
+        <v>37.5</v>
+      </c>
+      <c r="G76">
+        <v>9</v>
+      </c>
+      <c r="H76">
+        <f t="shared" si="3"/>
+        <v>78.5</v>
+      </c>
+      <c r="I76">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>2</v>
       </c>
       <c r="B77" t="s">
         <v>3</v>
       </c>
       <c r="C77" t="s">
         <v>4</v>
       </c>
       <c r="D77">
         <v>39.5</v>
       </c>
-    </row>
-    <row r="78" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E77">
+        <v>38</v>
+      </c>
+      <c r="F77">
+        <v>10</v>
+      </c>
+      <c r="G77">
+        <v>7</v>
+      </c>
+      <c r="H77">
+        <f t="shared" si="3"/>
+        <v>94.5</v>
+      </c>
+      <c r="I77">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>171</v>
       </c>
       <c r="B78" t="s">
         <v>172</v>
       </c>
       <c r="C78" t="s">
         <v>173</v>
       </c>
       <c r="D78">
         <v>32</v>
       </c>
-    </row>
-    <row r="79" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E78">
+        <v>27.25</v>
+      </c>
+      <c r="G78">
+        <v>3</v>
+      </c>
+      <c r="H78">
+        <f t="shared" si="3"/>
+        <v>62.25</v>
+      </c>
+      <c r="I78">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
         <v>44</v>
       </c>
       <c r="B79" t="s">
         <v>45</v>
       </c>
       <c r="C79" t="s">
         <v>46</v>
       </c>
       <c r="D79">
         <v>35</v>
       </c>
-    </row>
-    <row r="80" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E79">
+        <v>35</v>
+      </c>
+      <c r="F79">
+        <v>10</v>
+      </c>
+      <c r="G79">
+        <v>11</v>
+      </c>
+      <c r="H79">
+        <f t="shared" si="3"/>
+        <v>91</v>
+      </c>
+      <c r="I79">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>234</v>
       </c>
       <c r="B80" t="s">
         <v>235</v>
       </c>
       <c r="C80" t="s">
         <v>236</v>
       </c>
       <c r="D80">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:6" x14ac:dyDescent="0.25">
+        <v>21.5</v>
+      </c>
+      <c r="E80">
+        <v>28.5</v>
+      </c>
+      <c r="F80">
+        <v>3</v>
+      </c>
+      <c r="G80">
+        <v>6</v>
+      </c>
+      <c r="H80">
+        <f>SUM(D80:G80)</f>
+        <v>59</v>
+      </c>
+      <c r="I80">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>150</v>
       </c>
       <c r="B81" t="s">
         <v>151</v>
       </c>
       <c r="C81" t="s">
         <v>152</v>
       </c>
       <c r="D81">
         <v>29</v>
       </c>
-    </row>
-    <row r="82" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E81">
+        <v>29.5</v>
+      </c>
+      <c r="F81">
+        <v>8</v>
+      </c>
+      <c r="G81">
+        <v>2</v>
+      </c>
+      <c r="H81">
+        <f>SUM(D81:G81)</f>
+        <v>68.5</v>
+      </c>
+      <c r="I81">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
         <v>341</v>
       </c>
       <c r="B82" t="s">
         <v>342</v>
       </c>
       <c r="C82" t="s">
         <v>343</v>
       </c>
     </row>
-    <row r="83" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
         <v>165</v>
       </c>
       <c r="B83" t="s">
         <v>166</v>
       </c>
       <c r="C83" t="s">
         <v>167</v>
       </c>
       <c r="D83">
         <v>32</v>
       </c>
-    </row>
-    <row r="84" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E83">
+        <v>30</v>
+      </c>
+      <c r="F83">
+        <v>10</v>
+      </c>
+      <c r="G83">
+        <v>9</v>
+      </c>
+      <c r="H83">
+        <f>SUM(D83:G83)</f>
+        <v>81</v>
+      </c>
+      <c r="I83">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
         <v>231</v>
       </c>
       <c r="B84" t="s">
         <v>232</v>
       </c>
       <c r="C84" t="s">
         <v>233</v>
       </c>
       <c r="D84">
         <v>27.5</v>
       </c>
-    </row>
-    <row r="85" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E84">
+        <v>23.25</v>
+      </c>
+      <c r="G84">
+        <v>1</v>
+      </c>
+      <c r="H84">
+        <f>SUM(D84:G84)</f>
+        <v>51.75</v>
+      </c>
+      <c r="I84">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
         <v>332</v>
       </c>
       <c r="B85" t="s">
         <v>333</v>
       </c>
       <c r="C85" t="s">
         <v>334</v>
       </c>
       <c r="D85">
-        <v>14</v>
+        <v>25.5</v>
       </c>
       <c r="E85">
         <v>24</v>
       </c>
       <c r="F85">
         <v>5</v>
       </c>
-    </row>
-    <row r="86" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="H85">
+        <f>SUM(D85:G85)</f>
+        <v>54.5</v>
+      </c>
+      <c r="I85">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
         <v>67</v>
       </c>
       <c r="B86" t="s">
         <v>68</v>
       </c>
       <c r="C86" t="s">
         <v>69</v>
       </c>
       <c r="D86">
         <v>35</v>
       </c>
-    </row>
-    <row r="87" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E86">
+        <v>38.25</v>
+      </c>
+      <c r="F86">
+        <v>9</v>
+      </c>
+      <c r="G86">
+        <v>9</v>
+      </c>
+      <c r="H86">
+        <f>SUM(D86:G86)</f>
+        <v>91.25</v>
+      </c>
+      <c r="I86">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
         <v>279</v>
       </c>
       <c r="B87" t="s">
         <v>280</v>
       </c>
       <c r="C87" t="s">
         <v>281</v>
       </c>
       <c r="D87">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:6" x14ac:dyDescent="0.25">
+        <v>39</v>
+      </c>
+      <c r="E87">
+        <v>23.5</v>
+      </c>
+      <c r="H87">
+        <f>SUM(D87:G87)</f>
+        <v>62.5</v>
+      </c>
+      <c r="I87">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
         <v>216</v>
       </c>
       <c r="B88" t="s">
         <v>217</v>
       </c>
       <c r="C88" t="s">
         <v>218</v>
       </c>
-    </row>
-    <row r="89" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="G88">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
         <v>314</v>
       </c>
       <c r="B89" t="s">
         <v>315</v>
       </c>
       <c r="C89" t="s">
         <v>316</v>
       </c>
-    </row>
-    <row r="90" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="G89">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>177</v>
       </c>
       <c r="B90" t="s">
         <v>178</v>
       </c>
       <c r="C90" t="s">
         <v>179</v>
       </c>
       <c r="D90">
         <v>26</v>
       </c>
-    </row>
-    <row r="91" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E90">
+        <v>25</v>
+      </c>
+      <c r="G90">
+        <v>3</v>
+      </c>
+      <c r="H90">
+        <f>SUM(D90:G90)</f>
+        <v>54</v>
+      </c>
+      <c r="I90">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>97</v>
       </c>
       <c r="B91" t="s">
         <v>98</v>
       </c>
       <c r="C91" t="s">
         <v>99</v>
       </c>
       <c r="D91">
         <v>34</v>
       </c>
-    </row>
-    <row r="92" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E91">
+        <v>33.75</v>
+      </c>
+      <c r="H91">
+        <f>SUM(D91:G91)</f>
+        <v>67.75</v>
+      </c>
+      <c r="I91">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
         <v>335</v>
       </c>
       <c r="B92" t="s">
         <v>336</v>
       </c>
       <c r="C92" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="93" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
         <v>168</v>
       </c>
       <c r="B93" t="s">
         <v>169</v>
       </c>
       <c r="C93" t="s">
         <v>170</v>
       </c>
       <c r="D93">
         <v>21.5</v>
       </c>
-    </row>
-    <row r="94" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E93">
+        <v>25.75</v>
+      </c>
+      <c r="F93">
+        <v>7.5</v>
+      </c>
+      <c r="G93">
+        <v>6.5</v>
+      </c>
+      <c r="H93">
+        <f t="shared" ref="H93:H106" si="4">SUM(D93:G93)</f>
+        <v>61.25</v>
+      </c>
+      <c r="I93">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
         <v>79</v>
       </c>
       <c r="B94" t="s">
         <v>80</v>
       </c>
       <c r="C94" t="s">
         <v>81</v>
       </c>
       <c r="D94">
         <v>40</v>
       </c>
-    </row>
-    <row r="95" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E94">
+        <v>35</v>
+      </c>
+      <c r="F94">
+        <v>10</v>
+      </c>
+      <c r="G94">
+        <v>8</v>
+      </c>
+      <c r="H94">
+        <f t="shared" si="4"/>
+        <v>93</v>
+      </c>
+      <c r="I94">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
         <v>210</v>
       </c>
       <c r="B95" t="s">
         <v>211</v>
       </c>
       <c r="C95" t="s">
         <v>212</v>
       </c>
       <c r="D95">
         <v>26.5</v>
       </c>
-    </row>
-    <row r="96" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E95">
+        <v>27</v>
+      </c>
+      <c r="F95">
+        <v>10</v>
+      </c>
+      <c r="G95">
+        <v>7.5</v>
+      </c>
+      <c r="H95">
+        <f t="shared" si="4"/>
+        <v>71</v>
+      </c>
+      <c r="I95">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
         <v>85</v>
       </c>
       <c r="B96" t="s">
         <v>86</v>
       </c>
       <c r="C96" t="s">
         <v>87</v>
       </c>
       <c r="D96">
         <v>40</v>
       </c>
-    </row>
-    <row r="97" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E96">
+        <v>37.25</v>
+      </c>
+      <c r="F96">
+        <v>10</v>
+      </c>
+      <c r="G96">
+        <v>7</v>
+      </c>
+      <c r="H96">
+        <f t="shared" si="4"/>
+        <v>94.25</v>
+      </c>
+      <c r="I96">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
         <v>106</v>
       </c>
       <c r="B97" t="s">
         <v>107</v>
       </c>
       <c r="C97" t="s">
         <v>108</v>
       </c>
       <c r="D97">
         <v>39.5</v>
       </c>
-    </row>
-    <row r="98" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E97">
+        <v>38.5</v>
+      </c>
+      <c r="F97">
+        <v>10</v>
+      </c>
+      <c r="G97">
+        <v>6</v>
+      </c>
+      <c r="H97">
+        <f t="shared" si="4"/>
+        <v>94</v>
+      </c>
+      <c r="I97">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
         <v>299</v>
       </c>
       <c r="B98" t="s">
         <v>300</v>
       </c>
       <c r="C98" t="s">
         <v>301</v>
       </c>
       <c r="D98">
         <v>25.5</v>
       </c>
-    </row>
-    <row r="99" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E98">
+        <v>24.5</v>
+      </c>
+      <c r="F98">
+        <v>8</v>
+      </c>
+      <c r="G98">
+        <v>5</v>
+      </c>
+      <c r="H98">
+        <f t="shared" si="4"/>
+        <v>63</v>
+      </c>
+      <c r="I98">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
         <v>127</v>
       </c>
       <c r="B99" t="s">
         <v>128</v>
       </c>
       <c r="C99" t="s">
         <v>129</v>
       </c>
       <c r="D99">
         <v>38</v>
       </c>
-    </row>
-    <row r="100" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E99">
+        <v>24.75</v>
+      </c>
+      <c r="G99">
+        <v>3</v>
+      </c>
+      <c r="H99">
+        <f t="shared" si="4"/>
+        <v>65.75</v>
+      </c>
+      <c r="I99">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
         <v>284</v>
       </c>
       <c r="B100" t="s">
         <v>285</v>
       </c>
       <c r="C100" t="s">
         <v>286</v>
       </c>
       <c r="D100">
         <v>39</v>
       </c>
-    </row>
-    <row r="101" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E100">
+        <v>40</v>
+      </c>
+      <c r="F100">
+        <v>8.5</v>
+      </c>
+      <c r="G100">
+        <v>10</v>
+      </c>
+      <c r="H100">
+        <f t="shared" si="4"/>
+        <v>97.5</v>
+      </c>
+      <c r="I100">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101">
         <v>40</v>
       </c>
-    </row>
-    <row r="102" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E101">
+        <v>39.25</v>
+      </c>
+      <c r="F101">
+        <v>10</v>
+      </c>
+      <c r="G101">
+        <v>10</v>
+      </c>
+      <c r="H101">
+        <f t="shared" si="4"/>
+        <v>99.25</v>
+      </c>
+      <c r="I101">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
         <v>29</v>
       </c>
       <c r="B102" t="s">
         <v>30</v>
       </c>
       <c r="C102" t="s">
         <v>31</v>
       </c>
       <c r="D102">
         <v>35.5</v>
       </c>
-    </row>
-    <row r="103" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E102">
+        <v>31.25</v>
+      </c>
+      <c r="G102">
+        <v>2</v>
+      </c>
+      <c r="H102">
+        <f t="shared" si="4"/>
+        <v>68.75</v>
+      </c>
+      <c r="I102">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
         <v>20</v>
       </c>
       <c r="B103" t="s">
         <v>21</v>
       </c>
       <c r="C103" t="s">
         <v>22</v>
       </c>
       <c r="D103">
         <v>34.5</v>
       </c>
-    </row>
-    <row r="104" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E103">
+        <v>36.5</v>
+      </c>
+      <c r="F103">
+        <v>10</v>
+      </c>
+      <c r="G103">
+        <v>10</v>
+      </c>
+      <c r="H103">
+        <f t="shared" si="4"/>
+        <v>91</v>
+      </c>
+      <c r="I103">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
         <v>305</v>
       </c>
       <c r="B104" t="s">
         <v>306</v>
       </c>
       <c r="C104" t="s">
         <v>307</v>
       </c>
       <c r="D104">
-        <v>36.5</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:4" x14ac:dyDescent="0.25">
+        <v>38</v>
+      </c>
+      <c r="E104">
+        <v>39.25</v>
+      </c>
+      <c r="F104">
+        <v>10</v>
+      </c>
+      <c r="G104">
+        <v>7</v>
+      </c>
+      <c r="H104">
+        <f t="shared" si="4"/>
+        <v>94.25</v>
+      </c>
+      <c r="I104">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
         <v>76</v>
       </c>
       <c r="B105" t="s">
         <v>77</v>
       </c>
       <c r="C105" t="s">
         <v>78</v>
       </c>
       <c r="D105">
         <v>35</v>
       </c>
-    </row>
-    <row r="106" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E105">
+        <v>31.75</v>
+      </c>
+      <c r="G105">
+        <v>5</v>
+      </c>
+      <c r="H105">
+        <f t="shared" si="4"/>
+        <v>71.75</v>
+      </c>
+      <c r="I105">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
         <v>153</v>
       </c>
       <c r="B106" t="s">
         <v>154</v>
       </c>
       <c r="C106" t="s">
         <v>155</v>
       </c>
       <c r="D106">
         <v>36.5</v>
       </c>
-    </row>
-    <row r="107" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E106">
+        <v>32.5</v>
+      </c>
+      <c r="F106">
+        <v>10</v>
+      </c>
+      <c r="G106">
+        <v>2</v>
+      </c>
+      <c r="H106">
+        <f t="shared" si="4"/>
+        <v>81</v>
+      </c>
+      <c r="I106">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
         <v>139</v>
       </c>
       <c r="B107" t="s">
         <v>140</v>
       </c>
       <c r="C107" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="108" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
         <v>282</v>
       </c>
       <c r="B108" t="s">
         <v>140</v>
       </c>
       <c r="C108" t="s">
         <v>283</v>
       </c>
       <c r="D108">
         <v>23.5</v>
       </c>
-    </row>
-    <row r="109" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E108">
+        <v>22.75</v>
+      </c>
+      <c r="G108">
+        <v>5</v>
+      </c>
+      <c r="H108">
+        <f>SUM(D108:G108)</f>
+        <v>51.25</v>
+      </c>
+      <c r="I108">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
         <v>70</v>
       </c>
       <c r="B109" t="s">
         <v>71</v>
       </c>
       <c r="C109" t="s">
         <v>72</v>
       </c>
-    </row>
-    <row r="110" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D109">
+        <v>6.5</v>
+      </c>
+      <c r="E109">
+        <v>23</v>
+      </c>
+      <c r="F109">
+        <v>5</v>
+      </c>
+      <c r="G109">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
         <v>273</v>
       </c>
       <c r="B110" t="s">
         <v>274</v>
       </c>
       <c r="C110" t="s">
         <v>275</v>
       </c>
       <c r="D110">
         <v>21</v>
       </c>
-    </row>
-    <row r="111" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E110">
+        <v>25.5</v>
+      </c>
+      <c r="G110">
+        <v>2</v>
+      </c>
+      <c r="H110">
+        <f>SUM(D110:G110)</f>
+        <v>48.5</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
         <v>130</v>
       </c>
       <c r="B111" t="s">
         <v>131</v>
       </c>
       <c r="C111" t="s">
         <v>132</v>
       </c>
       <c r="D111">
         <v>32.5</v>
       </c>
-    </row>
-    <row r="112" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E111">
+        <v>30.25</v>
+      </c>
+      <c r="F111">
+        <v>10</v>
+      </c>
+      <c r="G111">
+        <v>2</v>
+      </c>
+      <c r="H111">
+        <f>SUM(D111:G111)</f>
+        <v>74.75</v>
+      </c>
+      <c r="I111">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
         <v>228</v>
       </c>
       <c r="B112" t="s">
         <v>229</v>
       </c>
       <c r="C112" t="s">
         <v>230</v>
       </c>
       <c r="D112">
         <v>33</v>
       </c>
-    </row>
-    <row r="113" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E112">
+        <v>24.75</v>
+      </c>
+      <c r="F112">
+        <v>8.5</v>
+      </c>
+      <c r="G112">
+        <v>3</v>
+      </c>
+      <c r="H112">
+        <f>SUM(D112:G112)</f>
+        <v>69.25</v>
+      </c>
+      <c r="I112">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
         <v>240</v>
       </c>
       <c r="B113" t="s">
         <v>241</v>
       </c>
       <c r="C113" t="s">
         <v>242</v>
       </c>
       <c r="D113">
         <v>26</v>
       </c>
-    </row>
-    <row r="114" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E113">
+        <v>26</v>
+      </c>
+      <c r="F113">
+        <v>9.5</v>
+      </c>
+      <c r="G113">
+        <v>2</v>
+      </c>
+      <c r="H113">
+        <f>SUM(D113:G113)</f>
+        <v>63.5</v>
+      </c>
+      <c r="I113">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
         <v>270</v>
       </c>
       <c r="B114" t="s">
         <v>271</v>
       </c>
       <c r="C114" t="s">
         <v>272</v>
       </c>
-    </row>
-    <row r="115" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D114">
+        <v>21</v>
+      </c>
+      <c r="E114">
+        <v>21.25</v>
+      </c>
+      <c r="G114">
+        <v>1</v>
+      </c>
+      <c r="H114">
+        <f>SUM(D114:G114)</f>
+        <v>43.25</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
         <v>159</v>
       </c>
       <c r="B115" t="s">
         <v>160</v>
       </c>
       <c r="C115" t="s">
         <v>161</v>
       </c>
-    </row>
-    <row r="116" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="G115">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
         <v>162</v>
       </c>
       <c r="B116" t="s">
         <v>163</v>
       </c>
       <c r="C116" t="s">
         <v>164</v>
       </c>
       <c r="D116">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:4" x14ac:dyDescent="0.25">
+        <v>32</v>
+      </c>
+      <c r="E116">
+        <v>27</v>
+      </c>
+      <c r="F116">
+        <v>10</v>
+      </c>
+      <c r="G116">
+        <v>3</v>
+      </c>
+      <c r="H116">
+        <f>SUM(D116:G116)</f>
+        <v>72</v>
+      </c>
+      <c r="I116">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
         <v>357</v>
       </c>
       <c r="B117" t="s">
         <v>358</v>
       </c>
       <c r="D117">
         <v>32.5</v>
       </c>
-    </row>
-    <row r="118" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E117">
+        <v>21</v>
+      </c>
+      <c r="F117">
+        <v>8.5</v>
+      </c>
+      <c r="G117">
+        <v>3</v>
+      </c>
+      <c r="H117">
+        <f>SUM(D117:G117)</f>
+        <v>65</v>
+      </c>
+      <c r="I117">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
         <v>353</v>
       </c>
       <c r="B118" t="s">
         <v>354</v>
       </c>
       <c r="D118">
         <v>36.5</v>
       </c>
-    </row>
-    <row r="119" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E118">
+        <v>26.5</v>
+      </c>
+      <c r="F118">
+        <v>9</v>
+      </c>
+      <c r="G118">
+        <v>6</v>
+      </c>
+      <c r="H118">
+        <f>SUM(D118:G118)</f>
+        <v>78</v>
+      </c>
+      <c r="I118">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
         <v>355</v>
       </c>
       <c r="B119" t="s">
         <v>356</v>
       </c>
       <c r="D119">
         <v>21</v>
+      </c>
+      <c r="G119">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B120" t="s">
+        <v>359</v>
+      </c>
+      <c r="F120">
+        <v>8</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C116" xr:uid="{00000000-0009-0000-0000-000000000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C116">
       <sortCondition ref="B1:B116"/>
     </sortState>
   </autoFilter>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C116">
     <sortCondition ref="B2:B116"/>
   </sortState>
-  <conditionalFormatting sqref="D1:D1048576">
+  <conditionalFormatting sqref="D1:E1048576">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="lessThan">
       <formula>21</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>